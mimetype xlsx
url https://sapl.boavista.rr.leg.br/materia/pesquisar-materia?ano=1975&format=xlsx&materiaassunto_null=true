--- v0 (2025-10-18)
+++ v1 (2026-03-20)
@@ -54,291 +54,291 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15151</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15151/decreto_legislativo_n_21_de_21_maio_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15151/decreto_legislativo_n_21_de_21_maio_de_1975.pdf</t>
   </si>
   <si>
     <t>APROVA O CONVÊNIO ENTRE A PREFEITURA MUNICIPAL DE BOA VISTA E O GOVERNO DO TERRITÓRIO FEDERAL DE RORAIMA.</t>
   </si>
   <si>
     <t>15156</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15156/decreto_legislativo_n_22_de_21_de_maio_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15156/decreto_legislativo_n_22_de_21_de_maio_de_1975.pdf</t>
   </si>
   <si>
     <t>15159</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15159/decreto_legislativo_n_23_de_21_de_maio_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15159/decreto_legislativo_n_23_de_21_de_maio_de_1975.pdf</t>
   </si>
   <si>
     <t>APROVA O CONVÊNIO QUE ENTRE SI FAZEM A SECRETARIA DE ECONOMIA, AGRICULTURA E COLONIZAÇÃO E A PREFEITURA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>15161</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15161/decreto_legislativo_n_24_de_21_de_maio_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15161/decreto_legislativo_n_24_de_21_de_maio_de_1975.pdf</t>
   </si>
   <si>
     <t>APROVA O CONVÊNIO ESPECIAL QUE ENTRE SI CELEBRAM A FUNDAÇÃO MOVIMENTO BRASILEIRO DE ALFABETIZAÇÃO (MOBRAL) E A COMISSÃO MUNICIPAL DO MOBRAL NO MUNICÍPIO DE BOA VISTA PARA FINS DE EXECUÇÃO DO PLANO DE ALFABETIZAÇÃO FUNCIONAL CONTINUADA DE ADOLESCENTES E ADULTOS, PARA O PROJETO DE ATENDIMENTO À POPULAÇÃO RAREFEITA DA ZONA RURAL.</t>
   </si>
   <si>
     <t>15200</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15200/decreto_legislativo_n_25_de_05_de_junho_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15200/decreto_legislativo_n_25_de_05_de_junho_de_1975.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTES DE SUBSÍDIOS DE VEREADORES.</t>
   </si>
   <si>
     <t>15201</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15201/decreto_legislativo_n_26_de_27_de_agosto_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15201/decreto_legislativo_n_26_de_27_de_agosto_de_1975.pdf</t>
   </si>
   <si>
     <t>FIXA A VERBA DE REPRESENTAÇÃO DO PRESIDENTE DA CÂMARA.</t>
   </si>
   <si>
     <t>15202</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15202/decreto_legislativo_n_27_de_21_de_agosto_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15202/decreto_legislativo_n_27_de_21_de_agosto_de_1975.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO HONORÁRIO DE BOA VISTA AO GENERAL ERNESTO GEISEL.</t>
   </si>
   <si>
     <t>15204</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15204/decreto_legislativo_n_29_de_04_de_novembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15204/decreto_legislativo_n_29_de_04_de_novembro_de_1975.pdf</t>
   </si>
   <si>
     <t>ACRESCE O PARÁGRAFO AO ARTIGO 2º DO DECRETO LEGISLATIVO Nº 02 DE 22 DE MAIO DE 1973.</t>
   </si>
   <si>
     <t>15210</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15210/decreto_legislativo_n_30_de_02_de_dezembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15210/decreto_legislativo_n_30_de_02_de_dezembro_de_1975.pdf</t>
   </si>
   <si>
     <t>APROVA O TERMO ADITIVO AO CONVÊNIO CELEBRADO ENTRE A PREFEITURA MUNICIPAL DE BOA VISTA E O GOVERNO DO TERRITÓRIO FEDERAL DE RORAIMA</t>
   </si>
   <si>
     <t>13133</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13133/lei_no_29_de_06_de_maio_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13133/lei_no_29_de_06_de_maio_de_1975.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CONTRAIR EMPRÉSTIMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13134</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13134/lei_no_30_de_09_de_julho_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13134/lei_no_30_de_09_de_julho_de_1975.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>13136</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13136/lei_no_32_de_04_de_novembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13136/lei_no_32_de_04_de_novembro_de_1975.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A CONTRATAR COM O BANCO DA AMAZÔNIA S/A OPERAÇÃO DE CRÉDITO ATÉ A IMPORTÂNCIA DE CR$ 3.000.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13138</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13138/lei_no_34_de_18_de_novembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13138/lei_no_34_de_18_de_novembro_de_1975.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BOA VISTA, PARA O EXERCÍCIO FINANCEIRO DE 1976.</t>
   </si>
   <si>
     <t>13140</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13140/lei_no_36_de_02_de_dezembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13140/lei_no_36_de_02_de_dezembro_de_1975.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 156 E 177 DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>13135</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13135/lei_no_31_de_14_de_outubro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13135/lei_no_31_de_14_de_outubro_de_1975.pdf</t>
   </si>
   <si>
     <t>A DENOMINAÇÃO DE BAIRRO E DÁ OUTRAS PROVIDÊNCIAS - "BAIRRO DOS ESTADOS"</t>
   </si>
   <si>
     <t>13137</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13137/lei_no_33_de_04_de_novembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13137/lei_no_33_de_04_de_novembro_de_1975.pdf</t>
   </si>
   <si>
     <t>CONTRATOS DE ALUGUÉIS DE BOX E ARRENDAMENTO DE MERCADO E FEIRAS LIVRES.</t>
   </si>
   <si>
     <t>13139</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13139/lei_no_35_de_02_de_dezembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13139/lei_no_35_de_02_de_dezembro_de_1975.pdf</t>
   </si>
   <si>
     <t>DECLARA A UNIÃO OPERÁRIA BENEFICENTE DE BOA VISTA DE UTILIDADE PÚBLICA.</t>
   </si>
   <si>
     <t>13141</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13141/lei_no_37_de_02_dezembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13141/lei_no_37_de_02_dezembro_de_1975.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES AO ART. 178 DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15984</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15984/resolucao_no_06_de_27_de_agosto_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15984/resolucao_no_06_de_27_de_agosto_de_1975.pdf</t>
   </si>
   <si>
     <t>O ORÇAMENTO DA CÂMARA MUNICIPAL DE BOA VISTA PARA O EXERCÍCIO DE 1996.</t>
   </si>
   <si>
     <t>15987</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15987/resolucao_no_07_de_18_de_novembro_de_1975.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15987/resolucao_no_07_de_18_de_novembro_de_1975.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -645,68 +645,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15151/decreto_legislativo_n_21_de_21_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15156/decreto_legislativo_n_22_de_21_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15159/decreto_legislativo_n_23_de_21_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15161/decreto_legislativo_n_24_de_21_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15200/decreto_legislativo_n_25_de_05_de_junho_de_1975.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15201/decreto_legislativo_n_26_de_27_de_agosto_de_1975.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15202/decreto_legislativo_n_27_de_21_de_agosto_de_1975.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15204/decreto_legislativo_n_29_de_04_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15210/decreto_legislativo_n_30_de_02_de_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13133/lei_no_29_de_06_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13134/lei_no_30_de_09_de_julho_de_1975.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13136/lei_no_32_de_04_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13138/lei_no_34_de_18_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13140/lei_no_36_de_02_de_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13135/lei_no_31_de_14_de_outubro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13137/lei_no_33_de_04_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13139/lei_no_35_de_02_de_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13141/lei_no_37_de_02_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15984/resolucao_no_06_de_27_de_agosto_de_1975.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15987/resolucao_no_07_de_18_de_novembro_de_1975.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15151/decreto_legislativo_n_21_de_21_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15156/decreto_legislativo_n_22_de_21_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15159/decreto_legislativo_n_23_de_21_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15161/decreto_legislativo_n_24_de_21_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15200/decreto_legislativo_n_25_de_05_de_junho_de_1975.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15201/decreto_legislativo_n_26_de_27_de_agosto_de_1975.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15202/decreto_legislativo_n_27_de_21_de_agosto_de_1975.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15204/decreto_legislativo_n_29_de_04_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15210/decreto_legislativo_n_30_de_02_de_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13133/lei_no_29_de_06_de_maio_de_1975.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13134/lei_no_30_de_09_de_julho_de_1975.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13136/lei_no_32_de_04_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13138/lei_no_34_de_18_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13140/lei_no_36_de_02_de_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13135/lei_no_31_de_14_de_outubro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13137/lei_no_33_de_04_de_novembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13139/lei_no_35_de_02_de_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/13141/lei_no_37_de_02_dezembro_de_1975.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15984/resolucao_no_06_de_27_de_agosto_de_1975.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1975/15987/resolucao_no_07_de_18_de_novembro_de_1975.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>