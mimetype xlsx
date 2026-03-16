--- v0 (2025-10-19)
+++ v1 (2026-03-16)
@@ -54,477 +54,477 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15425</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/</t>
+    <t>http://sapl.boavista.rr.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS BALANCETES FINANCEIROS DA CÂMARA MUNICIPAL DE BOA VISTA, REFERENTES AOS MESES DE AGOSTO E SETEMBRO DE 1979.</t>
   </si>
   <si>
     <t>15426</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15426/decreto_legislativo_n_75_de_14_de_abril_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15426/decreto_legislativo_n_75_de_14_de_abril_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS BALANCETES FINANCEIROS DA CÂMARA MUNICIPAL DE BOA VISTA, REFERENTES AOS MESES DE OUTUBRO, NOVEMBRO E DEZEMBRO DE 1979.</t>
   </si>
   <si>
     <t>15427</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15427/decreto_legislativo_n_76_de_14_de_abril_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15427/decreto_legislativo_n_76_de_14_de_abril_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS BALANCETES FINANCEIROS DA CÂMARA MUNICIPAL DE BOA VISTA, REFERENTES AOS MESES DE JANEIRO E FEVEREIRO DE 1980.</t>
   </si>
   <si>
     <t>15428</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15428/decreto_legislativo_n_77_de_29_de_maio_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15428/decreto_legislativo_n_77_de_29_de_maio_de_1980.pdf</t>
   </si>
   <si>
     <t>ATUALIZA OS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE BOA VISTA E A VERBA DA REPRESENTAÇÃO DA MESA, DE ACORDO COM O DISPOSTO DA LEI COMPLEMENTAR Nº 25, DE 02 DE JULHO DE 1975, ALTERADA PELA LEI COMPLEMENTAR Nº 38, DE 13 DE NOVEMBRO DE 1979, E O ESTABELECIDO NO ATO Nº 01/80, DA ASSEMBLEIA LEGISLATIVA DO ESTADO DO ACRE.</t>
   </si>
   <si>
     <t>15435</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15435/decreto_legislativo_n_78_de_02_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15435/decreto_legislativo_n_78_de_02_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BALANCETE FINANCEIRO DA CÂMARA MUNICIPAL DE BOA VISTA, REFERENTE AO MÊS DE MARÇO DE 1980.</t>
   </si>
   <si>
     <t>15437</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15437/decreto_legislativo_n_79_de_02_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15437/decreto_legislativo_n_79_de_02_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BALANCETE FINANCEIRO DA CÂMARA MUNICIPAL DE BOA VISTA, REFERENTE AO MÊS DE ABRIL DE 1980.</t>
   </si>
   <si>
     <t>15440</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15440/decreto_legislativo_n_80_de_03_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15440/decreto_legislativo_n_80_de_03_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>APROVA O TERMO DE CONVÊNIO CELEBRADO ENTRE A PREFEITURA MUNICIPAL DE BOA VISTA E A CENTRAIS ELÉTRICAS DE RORAIMA S.S. - CER – PARA REFORMA E AMPLIAÇÃO DA REDE DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA EM ALTA E BAIXA TENSÃO E ILUMINAÇÃO PÚBLICA, DO BAIRRO DE MECEJANA – PARTE II – NA CIDADE DE BOA VISTA, TERRITÓRIO FEDERAL DE RORAIMA.</t>
   </si>
   <si>
     <t>15441</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15441/decreto_legislativo_n_81_de_16_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15441/decreto_legislativo_n_81_de_16_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>APROVA O PRIMEIRO TERMO ADITIVO AO CONVÊNIO CELEBRADO EM 08.10.79 ENTRE O GOVERNO DO TERRITÓRIO FEDERAL DE RORAIMA E A PREFEITURA MUNICIPAL DE BOA VISTA, PARA MANUTENÇÃO DO PRONTO SOCORRO SÃO BENTO EM BOA VISTA – RORAIMA.</t>
   </si>
   <si>
     <t>15444</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15444/decreto_legislativo_no_82_de_17_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15444/decreto_legislativo_no_82_de_17_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>APROVA O CONVÊNIO QUE ENTRE SI CELEBRAM O GOVERNO DO TERRITÓRIO FEDERAL DE RORAIMA E A PREFEITURA MUNICIPAL DE BOA VISTA, PARA APLICAÇÃO DE RECURSOS DO FUNDO DE PARTICIPAÇÃO DOS MUNICÍPIOS E RECURSOS PRÓPRIOS, DE QUE TRATA O DECRETO Nº 77.565, DE 10 DE MAIO DE 1976 E LEGISLAÇÃO COMPLEMENTAR.</t>
   </si>
   <si>
     <t>15446</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15446/decreto_legislativo_no_83_de_17_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15446/decreto_legislativo_no_83_de_17_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>APROVA O CONVÊNIO QUE ENTRE SI CELEBRAM O GOVERNO DO TERRITÓRIO FEDERAL DE RORAIMA E A PREFEITURA MUNICIPAL DE BOA VISTA, PARA IMPLANTAÇÃO DO SISTEMA VIÁRIO DE BOA VISTA – TERRITÓRIO FEDERAL DE RORAIMA.</t>
   </si>
   <si>
     <t>15447</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15447/decreto_legislativo_no_84_de_17_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15447/decreto_legislativo_no_84_de_17_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>APROVA O CONVÊNIO QUE ENTRE SI CELEBRAM O GOVERNO DO TERRITÓRIO FEDERAL DE RORAIMA E A PREFEITURA MUNICIPAL DE BOA VISTA, PARA AQUISIÇÃO DE 8 COLETORES DE LIXO E DUAS MINI PÁS CARREGADEIRAS, AFIM DE AMPLIAR A FROTA DE LIMPEZA URBANA DE BOA VISTA, RORAIMA.</t>
   </si>
   <si>
     <t>15449</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15449/decreto_legislativo_no_85_de_17_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15449/decreto_legislativo_no_85_de_17_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ BOAVISTENSE À SR ª FRANCISCA BESSA DE LIMA, “D. SINHÁ”.</t>
   </si>
   <si>
     <t>15450</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15450/decreto_legislativo_no_86_de_17_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15450/decreto_legislativo_no_86_de_17_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ BOAVISTENSE À SR ª JÚLIA BARBOSA DE MELO.</t>
   </si>
   <si>
     <t>15452</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15452/decreto_legislativo_no_87_de_19_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15452/decreto_legislativo_no_87_de_19_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO BOAVISTENSE AO SR SAID SAMOU SALOMÃO.</t>
   </si>
   <si>
     <t>15454</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15454/decreto_legislativo_no_88_de_02_de_julho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15454/decreto_legislativo_no_88_de_02_de_julho_de_1980.pdf</t>
   </si>
   <si>
     <t>APROVA O CONVÊNIO CELEBRADO ENTRE O GOVERNO DO TERRITÓRIO FEDERAL DE RORAIMA E A PREFEITURA MUNICIPAL DE BOA VISTA, PARA APLICAÇÃO DA IMPORTÂNCIA DE CR$ 10.000.000,00 (DEZ MILHÕES DE CRUZEIROS), A FIM DE COMPLEMENTARAS OBRAS DE CONSTRUÇÃO DO MERCADO MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>15485</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15485/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15485/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO BOAVISTENSE AO DR EUSTÁQUIO NUNES SILVEIRA.</t>
   </si>
   <si>
     <t>15486</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15486/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15486/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ BOAVISTENSE À SRª. MARIA MACAGGI (NENÊ MACAGGI).</t>
   </si>
   <si>
     <t>15487</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15487/decreto_legislativo_no_91_de_26_de_agosto_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15487/decreto_legislativo_no_91_de_26_de_agosto_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO BOAVISTENSE AO PASTOR EVANGÉLICO MANOEL ANTONIO BATISTA.</t>
   </si>
   <si>
     <t>15488</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15488/decreto_legislativo_no_92_de_16_de_outubro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15488/decreto_legislativo_no_92_de_16_de_outubro_de_1980.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 2º DO DECRETO LEGISLATIVO Nº 02 DE 22 DE MAIO DE 1973.</t>
   </si>
   <si>
     <t>15489</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15489/decreto_legislativo_no_93_de_23_de_outubro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15489/decreto_legislativo_no_93_de_23_de_outubro_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ BOAVISTENSE À PROFESSORA AUGUSTA DE OLIVEIRA FERREIRA.</t>
   </si>
   <si>
     <t>15491</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15491/decreto_legislativo_no_94_de_23_de_outubro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15491/decreto_legislativo_no_94_de_23_de_outubro_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ BOAVISTENSE À PROFESSORA LÚCIA BEZERRA DE MENEZES.</t>
   </si>
   <si>
     <t>15493</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15493/decreto_legislativo_no_95_de_23_de_outubro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15493/decreto_legislativo_no_95_de_23_de_outubro_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ BOAVISTENSE À PROFESSORA EDSONINA DE BARROS VILLA.</t>
   </si>
   <si>
     <t>15495</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15495/decreto_legislativo_no_96_de_23_de_outubro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15495/decreto_legislativo_no_96_de_23_de_outubro_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ BOAVISTENSE À PROFESSORA MARIA DAS NEVES REZENDE.</t>
   </si>
   <si>
     <t>15498</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15498/decreto_legislativo_no_97_de_23_de_outubro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15498/decreto_legislativo_no_97_de_23_de_outubro_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO BOAVISTENSE AO SR. JOSÉ FRANCISCO DA SILVA.</t>
   </si>
   <si>
     <t>13210</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13210/lei_no_70_de_20_de_janeiro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13210/lei_no_70_de_20_de_janeiro_de_1980.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTAMENTO SALARIAL AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE  BOA VISTA, E CRIA NOVOS EMPREGOS NO QUADRO DE PESSOAL REGIDO PELA CLT, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>13214</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13214/lei_no_71_de_02_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13214/lei_no_71_de_02_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>CRIA E INSTITUI O BRASÃO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13222</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13222/lei_no_73_de_26_de_novembro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13222/lei_no_73_de_26_de_novembro_de_1980.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 1981.</t>
   </si>
   <si>
     <t>13225</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13225/lei_no_74_de_22_de_dezembro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13225/lei_no_74_de_22_de_dezembro_de_1980.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTAMENTO SALARIAL AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13232</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13232/lei_no_78_de_01_de_setembro_de_1981.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13232/lei_no_78_de_01_de_setembro_de_1981.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À AV. CEARÁ.</t>
   </si>
   <si>
     <t>13233</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13233/lei_no_77_de_03_junho_de_1981.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13233/lei_no_77_de_03_junho_de_1981.pdf</t>
   </si>
   <si>
     <t>13218</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13218/lei_no_72_de_06_de_junho_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13218/lei_no_72_de_06_de_junho_de_1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE INDÚSTRIA DE QUALQUER GÊNERO, RAMO OU ATIVIDADE NAS ÁREAS RESIDENCIAIS E COMERCIAIS URBANA DA CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>16012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16012/resolucao_no_21_de_15_de_janeiro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16012/resolucao_no_21_de_15_de_janeiro_de_1980.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16013</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1999/16013/resolucao_no_22_de_07_de_abril_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1999/16013/resolucao_no_22_de_07_de_abril_de_1980.pdf</t>
   </si>
   <si>
     <t>A CONSTITUIÇÃO E O FUNCIONAMENTO DE BLOCOS PARLAMENTARES INSTITUÍDOS PELA LEI N.º 6.767 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16015</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16015/resolucao_no_23_de_18_de_setembro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16015/resolucao_no_23_de_18_de_setembro_de_1980.pdf</t>
   </si>
   <si>
     <t>O ORÇAMENTO DA CÂMARA MUNICIPAL DE BOA VISTA PARA O EXERCÍCIO DE 1981.</t>
   </si>
   <si>
     <t>16018</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16018/resolucao_no_26_de_dezembro_de_1980.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16018/resolucao_no_26_de_dezembro_de_1980.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -828,68 +828,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15426/decreto_legislativo_n_75_de_14_de_abril_de_1980.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15427/decreto_legislativo_n_76_de_14_de_abril_de_1980.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15428/decreto_legislativo_n_77_de_29_de_maio_de_1980.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15435/decreto_legislativo_n_78_de_02_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15437/decreto_legislativo_n_79_de_02_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15440/decreto_legislativo_n_80_de_03_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15441/decreto_legislativo_n_81_de_16_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15444/decreto_legislativo_no_82_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15446/decreto_legislativo_no_83_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15447/decreto_legislativo_no_84_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15449/decreto_legislativo_no_85_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15450/decreto_legislativo_no_86_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15452/decreto_legislativo_no_87_de_19_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15454/decreto_legislativo_no_88_de_02_de_julho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15485/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15486/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15487/decreto_legislativo_no_91_de_26_de_agosto_de_1980.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15488/decreto_legislativo_no_92_de_16_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15489/decreto_legislativo_no_93_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15491/decreto_legislativo_no_94_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15493/decreto_legislativo_no_95_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15495/decreto_legislativo_no_96_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15498/decreto_legislativo_no_97_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13210/lei_no_70_de_20_de_janeiro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13214/lei_no_71_de_02_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13222/lei_no_73_de_26_de_novembro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13225/lei_no_74_de_22_de_dezembro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13232/lei_no_78_de_01_de_setembro_de_1981.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13233/lei_no_77_de_03_junho_de_1981.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13218/lei_no_72_de_06_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16012/resolucao_no_21_de_15_de_janeiro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1999/16013/resolucao_no_22_de_07_de_abril_de_1980.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16015/resolucao_no_23_de_18_de_setembro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16018/resolucao_no_26_de_dezembro_de_1980.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15426/decreto_legislativo_n_75_de_14_de_abril_de_1980.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15427/decreto_legislativo_n_76_de_14_de_abril_de_1980.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15428/decreto_legislativo_n_77_de_29_de_maio_de_1980.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15435/decreto_legislativo_n_78_de_02_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15437/decreto_legislativo_n_79_de_02_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15440/decreto_legislativo_n_80_de_03_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15441/decreto_legislativo_n_81_de_16_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15444/decreto_legislativo_no_82_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15446/decreto_legislativo_no_83_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15447/decreto_legislativo_no_84_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15449/decreto_legislativo_no_85_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15450/decreto_legislativo_no_86_de_17_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15452/decreto_legislativo_no_87_de_19_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15454/decreto_legislativo_no_88_de_02_de_julho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15485/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15486/decreto_legislativo_no_90_de_26_de_agosto_de_1980.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15487/decreto_legislativo_no_91_de_26_de_agosto_de_1980.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15488/decreto_legislativo_no_92_de_16_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15489/decreto_legislativo_no_93_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15491/decreto_legislativo_no_94_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15493/decreto_legislativo_no_95_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15495/decreto_legislativo_no_96_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/15498/decreto_legislativo_no_97_de_23_de_outubro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13210/lei_no_70_de_20_de_janeiro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13214/lei_no_71_de_02_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13222/lei_no_73_de_26_de_novembro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13225/lei_no_74_de_22_de_dezembro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13232/lei_no_78_de_01_de_setembro_de_1981.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13233/lei_no_77_de_03_junho_de_1981.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/13218/lei_no_72_de_06_de_junho_de_1980.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16012/resolucao_no_21_de_15_de_janeiro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1999/16013/resolucao_no_22_de_07_de_abril_de_1980.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16015/resolucao_no_23_de_18_de_setembro_de_1980.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1980/16018/resolucao_no_26_de_dezembro_de_1980.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>