--- v0 (2025-10-18)
+++ v1 (2026-03-20)
@@ -54,417 +54,417 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16444</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16444/decreto_legislativo_no_167_de_14_de_fevereiro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16444/decreto_legislativo_no_167_de_14_de_fevereiro_de_1990.pdf</t>
   </si>
   <si>
     <t>A ATUALIZAÇÃO DA REMUNERAÇÃO DO PREFEITO MUNICIPAL DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16448</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16448/decreto_legislativo_no_168_de_14_de_fevereiro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16448/decreto_legislativo_no_168_de_14_de_fevereiro_de_1990.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A REMUNERAÇÃO DO VICE-PREFEITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16450</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16450/decreto_legislativo_no_169_de_14_de_fevereiro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16450/decreto_legislativo_no_169_de_14_de_fevereiro_de_1990.pdf</t>
   </si>
   <si>
     <t>ATUALIZA A REMUNERAÇÃO DOS VEREADORES DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16452</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16452/decreto_legislativo_no_170_de_19_de_marco_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16452/decreto_legislativo_no_170_de_19_de_marco_de_1990.pdf</t>
   </si>
   <si>
     <t>A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SENHOR KRISTER KUMLIN, EMBAIXADOR DA SUÉCIA.</t>
   </si>
   <si>
     <t>16457</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16457/decreto_legislativo_no_171_de_21_de_marco_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16457/decreto_legislativo_no_171_de_21_de_marco_de_1990.pdf</t>
   </si>
   <si>
     <t>ACATA O VETO DO EXECUTIVO MUNICIPAL AO § 3º DO ARTIGO 5º DO PROJETO DE LEI Nº 158/90.</t>
   </si>
   <si>
     <t>16459</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16459/decreto_legislativo_no_172_de_30_de_maio_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16459/decreto_legislativo_no_172_de_30_de_maio_de_1990.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO – EXERCÍCIO DE 1989.</t>
   </si>
   <si>
     <t>16460</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16460/decreto_legislativo_no_173_de_20_de_junho_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16460/decreto_legislativo_no_173_de_20_de_junho_de_1990.pdf</t>
   </si>
   <si>
     <t>CRIA A MEDALHA DE “HONRA AO MÉRITO RIO BRANCO” A SER CONCEDIDA NO ANO DO CENTENÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>16461</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16461/decreto_legislativo_no_174_de_20_de_junho_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16461/decreto_legislativo_no_174_de_20_de_junho_de_1990.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DA “MEDALHA DE HONRA AO MÉRITO RIO BRANCO” AO PREFEITO BARAC DA SILVA BENTO.</t>
   </si>
   <si>
     <t>16462</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16462/decreto_legislativo_no_175_de_20_de_junho_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16462/decreto_legislativo_no_175_de_20_de_junho_de_1990.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DA “MEDALHA DE HONRA AO MÉRITO RIO BRANCO” AOS EX-PREFEITOS DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>16463</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16463/decreto_legislativo_no_176_de_20_de_junho_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16463/decreto_legislativo_no_176_de_20_de_junho_de_1990.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DA “MEDALHA DE HONRA AO MÉRITO RIO BRANCO” AOS EX-VEREADORES DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>16465</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16465/decreto_legislativo_no_177_de_20_de_junho_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16465/decreto_legislativo_no_177_de_20_de_junho_de_1990.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DA “MEDALHA DE HONRA AO MÉRITO RIO BRANCO” AOS COMPONENTES DA BANDA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16469</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16469/decreto_legislativo_no_178_de_20_de_junho_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16469/decreto_legislativo_no_178_de_20_de_junho_de_1990.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO GOVERNADOR DO ESTADO DE RORAIMA, RUBENS VILLAR DE CARVALHO, NO ANO DO CENTENÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>16470</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16470/decreto_legislativo_no_179_de_20_de_junho_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16470/decreto_legislativo_no_179_de_20_de_junho_de_1990.pdf</t>
   </si>
   <si>
     <t>CONCEDE A “MEDALHA DE HONRA AO MÉRITO RIO BRANCO” NO ANO DO CENTENÁRIO DO MUNICÍPIO DE BOA VISTA, AS PESSOAS QUE PRESTARAM RELEVANTES SERVIÇOS AO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>13661</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13661/lei_no_229_de_10_de_setembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13661/lei_no_229_de_10_de_setembro_de_1990.pdf</t>
   </si>
   <si>
     <t>TOMBA PARA O ACERVO DO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE BOA VISTA O COLÉGIO "EUCLIDES DA CUNHA".</t>
   </si>
   <si>
     <t>13592</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13592/lei_no_218_de_16_de_fevereiro_de_1990veto.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13592/lei_no_218_de_16_de_fevereiro_de_1990veto.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA OS EMPREGOS PERMANENTES CONSTANTES DO QUADRO DE PESSOAL DO MUNICÍPIO DE BOA VISTA-RR, EM CARGOS PÚBLICOS REGIDOS PELA LEI Nº 10, DE 16 DE AGOSTO DE 1973, ENQUADRA OS OCUPANTES NOS CARGOS ORA CRIADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13593</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13593/lei_no_219_de_16_de_fevereiro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13593/lei_no_219_de_16_de_fevereiro_de_1990.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N.º 086, DE 03 DE AGOSTO DE 1982, DO PLANO DE CARREIRA DA PREFEITURA MUNICIPAL DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13595</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13595/lei_no_221_de_05_de_marco_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13595/lei_no_221_de_05_de_marco_de_1990.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 085 DE 03/08/82, QUE MODIFICA A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13596</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13596/lei_no_222_de_08_de_marco_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13596/lei_no_222_de_08_de_marco_de_1990.pdf</t>
   </si>
   <si>
     <t>CRIA E ESTRUTURA O DEPARTAMENTO DA GUARDA MUNICIPAL DE BOA VISTA-RR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13594</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13594/lei_no_220_de_05_de_marco_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13594/lei_no_220_de_05_de_marco_de_1990.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE NO VALOR DE Ncz$ 19.000.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13658</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/</t>
+    <t>http://sapl.boavista.rr.leg.br/media/</t>
   </si>
   <si>
     <t>INSTITUI FERIADO MUNICIPAL O DIA 09 DE JULHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13677</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13677/lei_no_235_de_05_de_dezembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13677/lei_no_235_de_05_de_dezembro_de_1990.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BOA VISTA PARA O EXERCÍCIO FINANCEIRO DE 1991.</t>
   </si>
   <si>
     <t>13591</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13591/lei_no_217_de_06_de_fevereiro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13591/lei_no_217_de_06_de_fevereiro_de_1990.pdf</t>
   </si>
   <si>
     <t>REVOGA O §2º DO ART. 142 DA LEI N.º 10, DE 16 DE AGOSTO DE 1973 - ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>13620</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13620/lei_no_224_de_30_de_abril_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13620/lei_no_224_de_30_de_abril_de_1990.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE CONSERVAÇÃO E DEFESA DO MEIO AMBIENTE - COMDEMA.</t>
   </si>
   <si>
     <t>13659</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13659/lei_no_228_de_10_de_setembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13659/lei_no_228_de_10_de_setembro_de_1990.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CRIAR O PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13664</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13664/lei_no_231_de_10_de_setembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13664/lei_no_231_de_10_de_setembro_de_1990.pdf</t>
   </si>
   <si>
     <t>TOMBA PARA O ACERVO DO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE BOA VISTA, A SEDE DA PRELAZIA DE RORAIMA, SITUADA NA RUA BENTO BRASIL.</t>
   </si>
   <si>
     <t>13663</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13663/lei_no_230_de_10_de_setembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13663/lei_no_230_de_10_de_setembro_de_1990.pdf</t>
   </si>
   <si>
     <t>TOMBA PARA O ACERVO DO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE BOA VISTA, A IGREJA MATRIZ NOSSA SENHORA DO CARMO, CONSTRUÍDA EM 1892 PELO PADRES BENEDITINOS.</t>
   </si>
   <si>
     <t>13667</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13667/lei_no_232_de_10_de_setembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13667/lei_no_232_de_10_de_setembro_de_1990.pdf</t>
   </si>
   <si>
     <t>TOMBA PARA O ACERVO DO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE BOA VISTA, A ESCOLA DE 1º GRAU SÃO JOSÉ.</t>
   </si>
   <si>
     <t>13673</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13673/lei_no_234_de_30_de_novembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13673/lei_no_234_de_30_de_novembro_de_1990.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA À LEI N.º 211, DE 18 DE DEZEMBRO DE 1989, A QUAL TRATA DE CONCESSÃO DE ALVARÁ DE CONSTRUÇÃO E DE CONCESSÃO DE HABITE-SE EM CONJUNTOS HABITACIONAIS DO MUNICÍPIO DE BOA VISTA, A ALÍNEA "F" AO ART. 2º DA REFERIDA LEI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13682</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13682/lei_no_236_de_19_de_dezembro_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13682/lei_no_236_de_19_de_dezembro_de_1990.pdf</t>
   </si>
   <si>
     <t>INCLUI UM CARGO DE ASSISTENTE JURÍDICO NO QUADRO DE PESSOAL PERMANENTE DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16131</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16131/resolucao_no_66_de_09_de_abril_de_1990.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16131/resolucao_no_66_de_09_de_abril_de_1990.pdf</t>
   </si>
   <si>
     <t>DESIGNA A VEREADORA EULINA GONÇALVES VIEIRA PARA PARTICIPAR DO SEMINÁRIO PROMOVIDO PELA FUNDAÇÃO ALEMÃ PARA O DESENVOLVIMENTO INTERNACIONAL, A REALIZAR-SE NA REPÚBLICA FEDERAL DA ALEMANHA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -771,68 +771,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16444/decreto_legislativo_no_167_de_14_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16448/decreto_legislativo_no_168_de_14_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16450/decreto_legislativo_no_169_de_14_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16452/decreto_legislativo_no_170_de_19_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16457/decreto_legislativo_no_171_de_21_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16459/decreto_legislativo_no_172_de_30_de_maio_de_1990.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16460/decreto_legislativo_no_173_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16461/decreto_legislativo_no_174_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16462/decreto_legislativo_no_175_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16463/decreto_legislativo_no_176_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16465/decreto_legislativo_no_177_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16469/decreto_legislativo_no_178_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16470/decreto_legislativo_no_179_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13661/lei_no_229_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13592/lei_no_218_de_16_de_fevereiro_de_1990veto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13593/lei_no_219_de_16_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13595/lei_no_221_de_05_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13596/lei_no_222_de_08_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13594/lei_no_220_de_05_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13677/lei_no_235_de_05_de_dezembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13591/lei_no_217_de_06_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13620/lei_no_224_de_30_de_abril_de_1990.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13659/lei_no_228_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13664/lei_no_231_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13663/lei_no_230_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13667/lei_no_232_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13673/lei_no_234_de_30_de_novembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13682/lei_no_236_de_19_de_dezembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16131/resolucao_no_66_de_09_de_abril_de_1990.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16444/decreto_legislativo_no_167_de_14_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16448/decreto_legislativo_no_168_de_14_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16450/decreto_legislativo_no_169_de_14_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16452/decreto_legislativo_no_170_de_19_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16457/decreto_legislativo_no_171_de_21_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16459/decreto_legislativo_no_172_de_30_de_maio_de_1990.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16460/decreto_legislativo_no_173_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16461/decreto_legislativo_no_174_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16462/decreto_legislativo_no_175_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16463/decreto_legislativo_no_176_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16465/decreto_legislativo_no_177_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16469/decreto_legislativo_no_178_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16470/decreto_legislativo_no_179_de_20_de_junho_de_1990.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13661/lei_no_229_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13592/lei_no_218_de_16_de_fevereiro_de_1990veto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13593/lei_no_219_de_16_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13595/lei_no_221_de_05_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13596/lei_no_222_de_08_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13594/lei_no_220_de_05_de_marco_de_1990.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13677/lei_no_235_de_05_de_dezembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13591/lei_no_217_de_06_de_fevereiro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13620/lei_no_224_de_30_de_abril_de_1990.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13659/lei_no_228_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13664/lei_no_231_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13663/lei_no_230_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13667/lei_no_232_de_10_de_setembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13673/lei_no_234_de_30_de_novembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/13682/lei_no_236_de_19_de_dezembro_de_1990.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1990/16131/resolucao_no_66_de_09_de_abril_de_1990.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="250" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>