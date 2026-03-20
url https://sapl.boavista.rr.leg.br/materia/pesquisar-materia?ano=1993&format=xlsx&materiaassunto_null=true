--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -54,766 +54,766 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16219</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16219/decreto_legislativo_n_185_de_09_de_marco_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16219/decreto_legislativo_n_185_de_09_de_marco_de_1993.pdf</t>
   </si>
   <si>
     <t>A CONCESSÃO DO TÍTULO DE CIDADÃO HONORÁRIO DE BOA VISTA AO SR. JOSÉ HAMILTON GONDIM SILVA.</t>
   </si>
   <si>
     <t>16224</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16224/decreto_legislativo_n_186_de_13_de_maio_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16224/decreto_legislativo_n_186_de_13_de_maio_de_1993.pdf</t>
   </si>
   <si>
     <t>A CONCESSÃO DO TÍTULO DE CIDADÃO HONORÁRIO DE BOA VISTA A PADRE JOSÉ ZINTU.</t>
   </si>
   <si>
     <t>16228</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16228/decreto_legislativo_no_187_de_02_de_setembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16228/decreto_legislativo_no_187_de_02_de_setembro_de_1993.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA DA CÂMARA MUNICIPAL DE BOA VISTA A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE RORAIMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13963</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13963/lei_no_305_de_04_de_outubro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13963/lei_no_305_de_04_de_outubro_de_1993.pdf</t>
   </si>
   <si>
     <t>DETERMINA A DISTÂNCIA MÍNIMA DE 1.000 METROS ENTRE ESTABELECIMENTOS DE JOGOS ELETRÔNICOS E ELETROMECÂNICOS E AS ESCOLAS PÚBLICAS E PRIVADAS NO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>13889</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13889/lei_n_295_de_08_de_junho_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13889/lei_n_295_de_08_de_junho_de_1993.pdf</t>
   </si>
   <si>
     <t>MODIFICA A ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13894</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13894/lei_n_296_de_09_de_junho_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13894/lei_n_296_de_09_de_junho_de_1993.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI N.º 242, DE 30 DE AGOSTO DE 1991 - CONSELHO MUNICIPAL DE TRANSPORTES COLETIVOS URBANOS DE BOA VISTA.</t>
   </si>
   <si>
     <t>13979</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13979/lei_no_316_de_15_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13979/lei_no_316_de_15_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE BOA VISTA - RR, PARA O EXERCÍCIO DE 1994 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13972</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13972/lei_no_310_de_05_de_novembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13972/lei_no_310_de_05_de_novembro_de_1993.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE CR$ 200.500.000,00 PARA REFORÇO DAS DOTAÇÕES CONSIGNADAS NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>13994</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13994/lei_n_326_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13994/lei_n_326_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR PARCELAMENTO DE DÍVIDA PARA COM O FUNDO DE GARANTIA DO TEMPO DE SERVIÇO - FGTS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13981</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13981/lei_no_317_de_21_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13981/lei_no_317_de_21_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE CR$ 20.000.000,00 PARA REFORÇO DAS DOTAÇÕES CONSIGNADAS NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>13984</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13984/lei_no_319_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13984/lei_no_319_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI N.º 216, DE 28 DE DEZEMBRO DE 1989 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13985</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13985/lei_no_320_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13985/lei_no_320_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE CEMITÉRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13988</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13988/lei_n_321_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13988/lei_n_321_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N.º 205/89 QUE ALTEROU DISPOSITIVOS DA LEI N.º 56/78 - CÓDIGO TRIBUTÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>13940</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13940/lei_no_299_de_18_de_agosto_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13940/lei_no_299_de_18_de_agosto_de_1993.pdf</t>
   </si>
   <si>
     <t>BENEFÍCIOS AOS DOADORES DE SANGUE.</t>
   </si>
   <si>
     <t>13991</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13991/lei_n_323_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13991/lei_n_323_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 195, DE 19 DE JULHO DE 1989 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13982</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13982/lei_no_318_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13982/lei_no_318_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO  ADICIONAL SUPLEMENTAR NO VALOR DE CR$ 30.000.000,00 PAPA REFORÇO DAS DOTAÇÕES CONSIGNADAS NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>13992</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13992/lei_n_324_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13992/lei_n_324_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE CR$ 169.100.000,00 PARA REFORÇO DAS DOTAÇÕES CONSIGNADAS NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>13993</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13993/lei_n_325_de_03_de_janeiro_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13993/lei_n_325_de_03_de_janeiro_de_1994.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BOA VISTA PARA O EXERCÍCIO FINANCEIRO DE 1994.</t>
   </si>
   <si>
     <t>13977</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13977/lei_no_314_de_12_de_novembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13977/lei_no_314_de_12_de_novembro_de_1993.pdf</t>
   </si>
   <si>
     <t>A EDUCAÇÃO PARA O TRABALHO OCUPACIONAL EM HORTICULTURA E JARDINAGEM, COMO COMPLEMENTO DAS ATIVIDADES REGULARES ÀS CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13964</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13964/lei_no_306_de_04_de_outubro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13964/lei_no_306_de_04_de_outubro_de_1993.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA ATUAL RUA T-3 NO BAIRRO PARAVIANA PARA DEUSDETE COÊLHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13976</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13976/lei_no_313_de_12_de_novembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13976/lei_no_313_de_12_de_novembro_de_1993.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13990</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13990/lei_n_322_de_22_de_dezembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13990/lei_n_322_de_22_de_dezembro_de_1993.pdf</t>
   </si>
   <si>
     <t>A REDUÇÃO DOS PERCENTUAIS DE LAUDÊMIO, AVERBAÇÃO.</t>
   </si>
   <si>
     <t>13877</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13877/lei_n_292_de_26_de_abril_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13877/lei_n_292_de_26_de_abril_de_1993.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE INSTALAÇÕES SANITÁRIAS CONDÍGNAS E ÁGUA POTÁVEL EM TODO ESTABELECIMENTO PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
     <t>13864</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13864/lei_n_291_de_22_de_marco_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13864/lei_n_291_de_22_de_marco_de_1993.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DE DENOMINAÇÃO DO NOME DA ATUAL RUA 20 DO BAIRRO CARANÃ I PARA RUA JOCA FARIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13882</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13882/lei_n_294_de_08_de_junho_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13882/lei_n_294_de_08_de_junho_de_1993.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE Cr$ 929.800.000.000,00 PARA REFORÇO DAS DOTAÇÕES CONSIGNADAS NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>13900</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13900/lei_n_297_de_23_de_junho_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13900/lei_n_297_de_23_de_junho_de_1993.pdf</t>
   </si>
   <si>
     <t>CRIA A PLACA, CONTENDO O ITINERÁRIO DAS RUAS E AVENIDAS, NOS ÔNIBUS, QUE PRESTAM SERVIÇOS DE TRANSPORTE COLETIVO URBANO NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13966</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13966/lei_no_308_de_04_de_outubro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13966/lei_no_308_de_04_de_outubro_de_1993.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS CRITÉRIOS PARA ADMISSÃO DE PESSOAS PORTADORAS DE DEFICIÊNCIA NO QUADRO DE PESSOAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13904</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13904/lei_n_298_de_23__de_agosto_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13904/lei_n_298_de_23__de_agosto_de_1993.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A COR PADRÃO PARA OS BENS IMÓVEIS DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>13950</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13950/lei_no_302_de_18_de_agosto_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13950/lei_no_302_de_18_de_agosto_de_1993.pdf</t>
   </si>
   <si>
     <t>PASSE-LIVRE DOS MILITARES NOS TRANSPORTE COLETIVOS DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>13878</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13878/lei_n_293_de_31_de_maio_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13878/lei_n_293_de_31_de_maio_de_1993.pdf</t>
   </si>
   <si>
     <t>A PROTEÇÃO ESPECIAL À SERVIDORA PÚBLICA MUNICIPAL GESTANTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13954</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13954/lei_no_303_de_21_de_setembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13954/lei_no_303_de_21_de_setembro_de_1993.pdf</t>
   </si>
   <si>
     <t>A REORGANIZAÇÃO DOS LOGRADOUROS, VISANDO A NOMEAÇÃO DAS RUAS AINDA NÃO CATALOGADAS E REORDENAÇÃO DOS NÚMEROS DAS CASAS DE FORMA UNIFICADA.</t>
   </si>
   <si>
     <t>13956</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13956/lei_no_304_de_17_de_setembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13956/lei_no_304_de_17_de_setembro_de_1993.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA AVENIDA VINTE E QUATRO PARA AV. JOÃO LIBERATO - NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13945</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13945/lei_no_301_de_18_de_agosto_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13945/lei_no_301_de_18_de_agosto_de_1993.pdf</t>
   </si>
   <si>
     <t>A RELAÇÃO DOS MEMBROS DO PODER LEGISLATIVO, NO DIÁRIO OFICIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13943</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13943/lei_no_300_de_18_de_agosto_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13943/lei_no_300_de_18_de_agosto_de_1993.pdf</t>
   </si>
   <si>
     <t>A DENOMINAÇÃO DA AVENIDA N.º 22, NO BAIRRO DO CARANÃ PASSANDO A DENOMINAR-SE AV. SABÁ CUNHA.</t>
   </si>
   <si>
     <t>13970</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13970/lei_no_309_de_04_de_outubro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13970/lei_no_309_de_04_de_outubro_de_1993.pdf</t>
   </si>
   <si>
     <t>AS MUDANÇAS DAS DENOMINAÇÕES DAS RUAS E AVENIDAS DO CONJUNTO (CABOS E SOLDADOS DENOMINADO CONJUNTO TIRADENTES - BAIRRO CARANÃ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13965</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13965/lei_no_307_de_04_de_outubro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13965/lei_no_307_de_04_de_outubro_de_1993.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA ATUAL RUA JOSÉ BONIFÁCIO NO BAIRRO SÃO FRANCISCO PARA A RUA GOVERNADOR AQUILINO MOTA DUARTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13974</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13974/lei_no_312_de_10_de_novembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13974/lei_no_312_de_10_de_novembro_de_1993.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DO TRANSPORTE ESCOLAR NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13973</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13973/lei_no_311_de_10_de_novembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13973/lei_no_311_de_10_de_novembro_de_1993.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA RUA "N", NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16695</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16695/lei_n_332_de_02_de_maio_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16695/lei_n_332_de_02_de_maio_de_1994.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DA DISCIPLINA EDUCAÇÃO PARA O TRÂNSITO, NAS ESCOLAS DA REDE MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16699</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16699/lei_n_333_de_02_de_maio_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16699/lei_n_333_de_02_de_maio_de_1994.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DA UTILIZAÇÃO DA GUARDA MUNICIPAL PARA ACOMPANHAR AS SESSÕES DA CÂMARA MUNICIPAL DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16704</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16704/lei_n_334_de_02_de_maio_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16704/lei_n_334_de_02_de_maio_de_1994.pdf</t>
   </si>
   <si>
     <t>A FIXAÇÃO DO NÚMERO DO CEP, NAS PLACAS INDICATIVAS DO NOME DOS LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE BOA VISTA E DA VILA PACARAIMA.</t>
   </si>
   <si>
     <t>14006</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14006/lei_n_334_de_02_de_maio_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14006/lei_n_334_de_02_de_maio_de_1994.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DA DISCIPLINA DE HISTÓRIA REGIONAL</t>
   </si>
   <si>
     <t>14038</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14038/lei_no_343_de_26_de_outubro_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14038/lei_no_343_de_26_de_outubro_de_1994.pdf</t>
   </si>
   <si>
     <t>AS MUDANÇAS DE DENOMINAÇÕES DOS NOMES DAS ATUAIS TRAVESSA N.º 1 E 2 DO CONJUNTO RESIDENCIAL DO IPASE NO BAIRRO SÃO FRANCISCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14007</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14007/lei_n_336_de_06_de_maio_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14007/lei_n_336_de_06_de_maio_de_1994.pdf</t>
   </si>
   <si>
     <t>ATENDIMENTO PREFERENCIAL DE GESTANTES, MÃES COM CRIANÇA DE COLO, IDOSOS E DEFICIENTES EM ESTABELECIMENTOS COMERCIAIS, BANCÁRIOS, REPARTIÇÕES PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13998</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13998/lei_n_329_de_06_de_abril_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13998/lei_n_329_de_06_de_abril_de_1994.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "BOA VISTA PARA TODOS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13999</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13999/lei_n_330_de_25_de_abril_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13999/lei_n_330_de_25_de_abril_de_1994.pdf</t>
   </si>
   <si>
     <t>A PROIBIÇÃO DO TABAGISMO NOS LOCAIS E ESTABELECIMENTOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>14053</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14053/lei_no_358_de_13__marco_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14053/lei_no_358_de_13__marco_de_1995.pdf</t>
   </si>
   <si>
     <t>AS DOADORAS DE LEITE HUMANO DO BANCO DE LEITE DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14033</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14033/lei_n_339_de_29_e_agosto_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14033/lei_n_339_de_29_e_agosto_de_1994.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DO CONSELHO MUNICIPAL DE ADMINISTRAÇÃO SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14035</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14035/lei_no_340_de_29_de_agosto_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14035/lei_no_340_de_29_de_agosto_de_1994.pdf</t>
   </si>
   <si>
     <t>A OBRIGATORIEDADE DOS PROPRIETÁRIOS DE POSTOS DE COMBUSTÍVEIS FORNECER LEITE AOS FRENTISTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14000</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14000/lei_n_331_de_25_de_abril_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14000/lei_n_331_de_25_de_abril_de_1994.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA ATENDIMENTO ESPECIAL NAS EMPRESAS DE TRANSPORTES COLETIVOS PARA MENORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14036</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14036/lei_no_341_de_29_de_agosto_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14036/lei_no_341_de_29_de_agosto_de_1994.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE SEGURANÇA MUNICIPAL AO ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14029</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14029/lei_n_337__de_06_de_maio_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14029/lei_n_337__de_06_de_maio_de_1994.pdf</t>
   </si>
   <si>
     <t>MINISTRAR CURSO DE "RELAÇÕES HUMANAS NO TRABALHO", AOS MOTORISTAS E COBRADORES, DAS EMPRESAS QUE PRESTAM SERVIÇOS DE_x000D_
 TRANSPORTE COLETIVO URBANO NO MUNICÍPIO DE BOA VISTA-RR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14064</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14064/lei_no_365_de_17_de_maio_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14064/lei_no_365_de_17_de_maio_de_1995.pdf</t>
   </si>
   <si>
     <t>FICA EXCLUÍDA DA ZONA RESIDENCIAL A "RUA ARAÚJO FILHO", NO TRECHO COMPREENDIDO  ENTRE AS AVENIDAS BENJAMIN CONSTANT ATÉ NOSSA SENHORA DA CONSOLATA, QUE PASSA A PERTENCER À ZONA CENTRAL DO QUE TRATA O ART. 18, II, DA LEI MUNICIPAL N.º 244, DE 06 DE SETEMBRO DE 1991 - PLANO DIRETOR DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>14032</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14032/lei_n_338_de_29_de_agosto_de_1994.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14032/lei_n_338_de_29_de_agosto_de_1994.pdf</t>
   </si>
   <si>
     <t>A DECLARAÇÃO DE ENTIDADE DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DE ASSISTÊNCIA SOCIAL "JOÃO LINDOSO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16137</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16137/resolucao_no_72_de_09_de_marco_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16137/resolucao_no_72_de_09_de_marco_de_1993.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA RESOLUÇÃO N.º 58, DE 05 DE AGOSTO DE 1989 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16138</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16138/resolucao_no_73_de_09_de_marco_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16138/resolucao_no_73_de_09_de_marco_de_1993.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTS. 138 E 139 DA RESOLUÇÃO N.º 37, DE 03 DE ABRIL DE 1984 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16139</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16139/resolucao_no_74_de_26_de_agosto_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16139/resolucao_no_74_de_26_de_agosto_de_1993.pdf</t>
   </si>
   <si>
     <t>A CONSTITUIÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO, DE ACORDO COM O §3º DO ART. 58, DA CF C/C O ART. 16, XVI DA LEI ORGÂNICA MUNICIPAL E O ART. 45 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16140</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16140/resolucao_no_75_de_23_de_setembro_de_1993.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16140/resolucao_no_75_de_23_de_setembro_de_1993.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 2º E 4º E ANEXO I, DA RESOLUÇÃO N.º 072, DE 09 DE MARÇO DE 1993, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60250</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60250/proposta_emenda_modificativa_001-93_-_emenda_no_004-07.06.94.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60250/proposta_emenda_modificativa_001-93_-_emenda_no_004-07.06.94.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 60 DA LEI ORGÂNICA DO MUNICÍPIO DE BOA VISTA-RR.</t>
   </si>
   <si>
     <t>60253</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60253/proposta_de_emenda_003-93_-_emenda_no_001-25.10.93.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60253/proposta_de_emenda_003-93_-_emenda_no_001-25.10.93.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART. 13 §§ 1º E 2º, ART. 20, §§ 1º, 2º, 3º E 4º E O ART. 56, DA LEI ORGÂNICA DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>60252</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60252/proposta_de_emenda_004-93-_emenda_no_002-22.10.93.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60252/proposta_de_emenda_004-93-_emenda_no_002-22.10.93.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO §6º DO ART. 85 DA LEI ORGÂNICA DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>60251</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60251/proposta_de_emenda_007-93-emenda_no_003-14.12.93.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60251/proposta_de_emenda_007-93-emenda_no_003-14.12.93.pdf</t>
   </si>
   <si>
     <t>ADITA O §5º AO ART. 40 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1120,68 +1120,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16219/decreto_legislativo_n_185_de_09_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16224/decreto_legislativo_n_186_de_13_de_maio_de_1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16228/decreto_legislativo_no_187_de_02_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13963/lei_no_305_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13889/lei_n_295_de_08_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13894/lei_n_296_de_09_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13979/lei_no_316_de_15_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13972/lei_no_310_de_05_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13994/lei_n_326_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13981/lei_no_317_de_21_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13984/lei_no_319_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13985/lei_no_320_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13988/lei_n_321_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13940/lei_no_299_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13991/lei_n_323_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13982/lei_no_318_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13992/lei_n_324_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13993/lei_n_325_de_03_de_janeiro_de_1994.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13977/lei_no_314_de_12_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13964/lei_no_306_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13976/lei_no_313_de_12_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13990/lei_n_322_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13877/lei_n_292_de_26_de_abril_de_1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13864/lei_n_291_de_22_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13882/lei_n_294_de_08_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13900/lei_n_297_de_23_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13966/lei_no_308_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13904/lei_n_298_de_23__de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13950/lei_no_302_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13878/lei_n_293_de_31_de_maio_de_1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13954/lei_no_303_de_21_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13956/lei_no_304_de_17_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13945/lei_no_301_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13943/lei_no_300_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13970/lei_no_309_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13965/lei_no_307_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13974/lei_no_312_de_10_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13973/lei_no_311_de_10_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16695/lei_n_332_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16699/lei_n_333_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16704/lei_n_334_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14006/lei_n_334_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14038/lei_no_343_de_26_de_outubro_de_1994.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14007/lei_n_336_de_06_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13998/lei_n_329_de_06_de_abril_de_1994.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13999/lei_n_330_de_25_de_abril_de_1994.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14053/lei_no_358_de_13__marco_de_1995.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14033/lei_n_339_de_29_e_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14035/lei_no_340_de_29_de_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14000/lei_n_331_de_25_de_abril_de_1994.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14036/lei_no_341_de_29_de_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14029/lei_n_337__de_06_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14064/lei_no_365_de_17_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14032/lei_n_338_de_29_de_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16137/resolucao_no_72_de_09_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16138/resolucao_no_73_de_09_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16139/resolucao_no_74_de_26_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16140/resolucao_no_75_de_23_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60250/proposta_emenda_modificativa_001-93_-_emenda_no_004-07.06.94.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60253/proposta_de_emenda_003-93_-_emenda_no_001-25.10.93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60252/proposta_de_emenda_004-93-_emenda_no_002-22.10.93.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60251/proposta_de_emenda_007-93-emenda_no_003-14.12.93.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16219/decreto_legislativo_n_185_de_09_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16224/decreto_legislativo_n_186_de_13_de_maio_de_1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16228/decreto_legislativo_no_187_de_02_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13963/lei_no_305_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13889/lei_n_295_de_08_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13894/lei_n_296_de_09_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13979/lei_no_316_de_15_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13972/lei_no_310_de_05_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13994/lei_n_326_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13981/lei_no_317_de_21_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13984/lei_no_319_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13985/lei_no_320_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13988/lei_n_321_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13940/lei_no_299_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13991/lei_n_323_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13982/lei_no_318_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13992/lei_n_324_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13993/lei_n_325_de_03_de_janeiro_de_1994.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13977/lei_no_314_de_12_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13964/lei_no_306_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13976/lei_no_313_de_12_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13990/lei_n_322_de_22_de_dezembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13877/lei_n_292_de_26_de_abril_de_1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13864/lei_n_291_de_22_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13882/lei_n_294_de_08_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13900/lei_n_297_de_23_de_junho_de_1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13966/lei_no_308_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13904/lei_n_298_de_23__de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13950/lei_no_302_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13878/lei_n_293_de_31_de_maio_de_1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13954/lei_no_303_de_21_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13956/lei_no_304_de_17_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13945/lei_no_301_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13943/lei_no_300_de_18_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13970/lei_no_309_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13965/lei_no_307_de_04_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13974/lei_no_312_de_10_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13973/lei_no_311_de_10_de_novembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16695/lei_n_332_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16699/lei_n_333_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16704/lei_n_334_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14006/lei_n_334_de_02_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14038/lei_no_343_de_26_de_outubro_de_1994.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14007/lei_n_336_de_06_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13998/lei_n_329_de_06_de_abril_de_1994.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/13999/lei_n_330_de_25_de_abril_de_1994.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14053/lei_no_358_de_13__marco_de_1995.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14033/lei_n_339_de_29_e_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14035/lei_no_340_de_29_de_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14000/lei_n_331_de_25_de_abril_de_1994.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14036/lei_no_341_de_29_de_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14029/lei_n_337__de_06_de_maio_de_1994.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14064/lei_no_365_de_17_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/14032/lei_n_338_de_29_de_agosto_de_1994.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16137/resolucao_no_72_de_09_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16138/resolucao_no_73_de_09_de_marco_de_1993.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16139/resolucao_no_74_de_26_de_agosto_de_1993.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/16140/resolucao_no_75_de_23_de_setembro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60250/proposta_emenda_modificativa_001-93_-_emenda_no_004-07.06.94.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60253/proposta_de_emenda_003-93_-_emenda_no_001-25.10.93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60252/proposta_de_emenda_004-93-_emenda_no_002-22.10.93.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1993/60251/proposta_de_emenda_007-93-emenda_no_003-14.12.93.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>