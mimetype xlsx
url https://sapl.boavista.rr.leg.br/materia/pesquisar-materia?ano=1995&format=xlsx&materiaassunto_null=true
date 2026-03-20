--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -54,588 +54,588 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16239</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16239/decreto_legislativo_n_196_de_21_de_fevereiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16239/decreto_legislativo_n_196_de_21_de_fevereiro_de_1995.pdf</t>
   </si>
   <si>
     <t>ATUALIZA A REMUNERAÇÃO DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16240</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16240/decreto_legislativo_n_197_de_22_de_fevereiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16240/decreto_legislativo_n_197_de_22_de_fevereiro_de_1995.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DE AJUDA DE CUSTO DE DESEMPENHO PARLAMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16241</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16241/decreto_legislativo_n_198_de_11_de_maio_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16241/decreto_legislativo_n_198_de_11_de_maio_de_1995.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. JOSÉ ANTONIO PIRES DE SOUZA.</t>
   </si>
   <si>
     <t>16242</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16242/decreto_legislativo_n_199_de_23_de_novembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16242/decreto_legislativo_n_199_de_23_de_novembro_de_1995.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. ALCESTE MADEIRA DE ALMEIDA.</t>
   </si>
   <si>
     <t>14049</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14049/lei_no_354_de_21_de_fevereiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14049/lei_no_354_de_21_de_fevereiro_de_1995.pdf</t>
   </si>
   <si>
     <t>ALTERA OS QUADROS I, II E III DE QUE TRATA O ARTIGO 36 DA LEI MUNICIPAL N.º 295, DE 8 DE JUNHO DE 1993.</t>
   </si>
   <si>
     <t>14048</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14048/lei_no_353__21_de_fevereiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14048/lei_no_353__21_de_fevereiro_de_1995.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO VIGENTE, NOS LIMITES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>14117</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14117/lei_no_377_de_26_de_novembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14117/lei_no_377_de_26_de_novembro_de_1995.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE BOA VISTA PARA O EXERCÍCIO FINANCEIRO DE 1996.</t>
   </si>
   <si>
     <t>14152</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14152/lei_no_391_de_08_de_maio_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14152/lei_no_391_de_08_de_maio_de_1996.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BOA VISTA PARA O EXERCÍCIO FINANCEIRO DE 1996.</t>
   </si>
   <si>
     <t>14072</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14072/lei_no_368_de_30_maio_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14072/lei_no_368_de_30_maio_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA RUA XXVIII NO BAIRRO CAMBARÁ PARA RUA DAHAS ABRAHIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14076</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14076/lei_no_371_de_14_de_setembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14076/lei_no_371_de_14_de_setembro_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA RUA I, NO BAIRRO CAMBARÁ PARA ALÍPIO FREIRE DE LIMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14085</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14085/lei_no_373_de_19_de_outubro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14085/lei_no_373_de_19_de_outubro_de_1995.pdf</t>
   </si>
   <si>
     <t>FAZ CONSTAR NO CARNÊ DE PAGAMENTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO OS DÉBITOS ANTERIORES.</t>
   </si>
   <si>
     <t>14056</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14056/lei_no_361_de_25_de_abril_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14056/lei_no_361_de_25_de_abril_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA RUA DOS EXPEDICIONÁRIOS, NO CENTRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14062</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14062/lei_no_364_de_04_de_julho_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14062/lei_no_364_de_04_de_julho_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA ATUAL "TRAVESSA A" LOCALIZADA NO BAIRRO CINTURÃO VERDE, PARA "RUA DONA MARINA CARNEIRO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14060</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14060/lei_no_363_de_julho_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14060/lei_no_363_de_julho_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA ATUAL "RUA N-5", NO BAIRRO DA PINTOLÂNDIA I, PARA "SOLON RODRIGUES PESSOA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14058</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14058/lei_no_362_de_04_de_julho_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14058/lei_no_362_de_04_de_julho_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DE DENOMINAÇÃO DA RUA L-9 PARA RUA JOSÉ CELESTINO DA LUZ - NO BAIRRO PARAVIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14114</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14114/lei_no_375_de_31_de_outubro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14114/lei_no_375_de_31_de_outubro_de_1995.pdf</t>
   </si>
   <si>
     <t>O PLANO PLURIANUAL DO MUNICÍPIO DE BOA VISTA - RR, PARA O PERÍODO DE 1996 A 1997.</t>
   </si>
   <si>
     <t>14071</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14071/lei_no_367_de_30_de_maio_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14071/lei_no_367_de_30_de_maio_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DO NOME DA RUA MUCAJAÍ PARA RUA: DR. PAULO COÊLHO PEREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14146</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14146/lei_no_385_de_22_de_janeiro_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14146/lei_no_385_de_22_de_janeiro_de_1996.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO A CONSTRUÇÃO DE ACESSO, PARA DEFICIENTES FÍSICOS NAS OBRAS PÚBLICAS E PRIVADAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14073</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14073/lei_no_369_de_30_de_maio_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14073/lei_no_369_de_30_de_maio_de_1996.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DE DENOMINAÇÃO DA RUA XXIII, NO BAIRRO CAMBARÁ PARA RUA DR. RUBEM LIMA FILHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14050</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14050/lei_no_355_de_08_de_marco_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14050/lei_no_355_de_08_de_marco_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DE DENOMINAÇÃO DO NOME DA ATUAL RUA Y-7 NO BAIRRO JARDIM FLORESTA (ENTRE A RUA REINALDO NEVES E AV. CARLOS PEREIRA DE MELO), PARA"ANTONIO DA COSTA UCHÔA", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14070</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14070/lei_no_366_de_30_de_maio_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14070/lei_no_366_de_30_de_maio_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA RUA XXVII, NO BAIRRO CAMBARÁ PARA NAGIB ELUAN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14075</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14075/lei_no_370_de_12_de_setembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14075/lei_no_370_de_12_de_setembro_de_1995.pdf</t>
   </si>
   <si>
     <t>A OBRIGATORIEDADE DO USO DE CINTO DE SEGURANÇA PELOS OCUPANTES DOS BANCOS DIANTEIROS DOS AUTOMÓVEIS QUE CIRCULEM PELO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14151</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14151/lei_no_390_de_29_de_abril_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14151/lei_no_390_de_29_de_abril_de_1996.pdf</t>
   </si>
   <si>
     <t>A DISPONIBILIDADE PERMANENTE POR MOTÉIS E SIMILARES DE PRESERVATIVOS MASCULINOS (CAMISAS DE VÊNUS) AOS FREQUENTADORES.</t>
   </si>
   <si>
     <t>14148</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14148/lei_no_387_de_22_de_janeiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14148/lei_no_387_de_22_de_janeiro_de_1995.pdf</t>
   </si>
   <si>
     <t>A ESTERILIZAÇÃO DE UTENSÍLIOS UTILIZADOS PELOS SALÕES DE CABELEIREIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16709</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16709/lei_no_396_de_21_de_junho_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16709/lei_no_396_de_21_de_junho_de_1996.pdf</t>
   </si>
   <si>
     <t>OS PROCESSOS DE APOSENTADORIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14078</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14078/lei_no_372_de_21_de_setembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14078/lei_no_372_de_21_de_setembro_de_1995.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO DAS RUAS DO BAIRRO JARDIM PRIMAVERA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14137</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14137/lei_no_382_de_22_de_janeiro_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14137/lei_no_382_de_22_de_janeiro_de_1996.pdf</t>
   </si>
   <si>
     <t>A OBRIGATORIEDADE DO USO DE LUVAS DESCARTÁVEIS NAS FARMÁCIAS, DROGARIAS, AMBULATÓRIOS E SIMILARES, QUANDO DA EFETIVAÇÃO DE CURATIVOS.</t>
   </si>
   <si>
     <t>14087</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14087/lei_no_374_de_19_de_outubro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14087/lei_no_374_de_19_de_outubro_de_1995.pdf</t>
   </si>
   <si>
     <t>ALVARÁ SIMPLIFICADO DE MORADIA POPULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14128</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14128/lei_no_379_de_27_de_novembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14128/lei_no_379_de_27_de_novembro_de_1995.pdf</t>
   </si>
   <si>
     <t>DETERMINA A INCLUSÃO DO NOME DO AUTOR DA LEI, SUBPOSTA À EMENTA QUANDO ESTA FOR SANCIONADA, PROMULGADA E PUBLICADA.</t>
   </si>
   <si>
     <t>14150</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14150/lei_no_389_de_29_de_abril_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14150/lei_no_389_de_29_de_abril_de_1996.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA RUA 25, Q-H 2, NO CONJUNTO CAMBARÁ, PARA RUA "OSCAR MARTINS DOS SANTOS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14139</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14139/lei_no_383_de_22_de_janeiro_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14139/lei_no_383_de_22_de_janeiro_de_1996.pdf</t>
   </si>
   <si>
     <t>TORNA DE UTILIDADE PÚBLICA A LIGA RORAIMENSE DE COMBATE AO CÂNCER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14143</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14143/lei_no_384_de_22_de_janeiro_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14143/lei_no_384_de_22_de_janeiro_de_1996.pdf</t>
   </si>
   <si>
     <t>ALTERA AS DISPOSIÇÕES DA LEI MUNICIPAL N.º 259, DE 31 DE MARÇO DE 1992 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14130</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14130/lei_no_380_de_05_de_dezembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14130/lei_no_380_de_05_de_dezembro_de_1995.pdf</t>
   </si>
   <si>
     <t>INSTITUI FERIADO MUNICIPAL O "DIA DO COMERCIÁRIO"</t>
   </si>
   <si>
     <t>14153</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14153/lei_no_392_de_03_de_julho_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14153/lei_no_392_de_03_de_julho_de_1996.pdf</t>
   </si>
   <si>
     <t>NORMATIZA NOVAS DENOMINAÇÕES DE NOMES DE RUAS, BAIRROS E LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>16707</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16707/lei_no_378_de_05_de_dezembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16707/lei_no_378_de_05_de_dezembro_de_1995.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DA LEI N.º 240, DE 29 DE AGOSTO DE 1991 - QUE CRIA O TÁXI-LOTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14116</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14116/lei_no_376_de_10_de_novembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14116/lei_no_376_de_10_de_novembro_de_1995.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DA DENOMINAÇÃO DA RUA MONTE CARMELO, PARA "ISMAEL FILGUEIRA", NO BAIRRO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>14149</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14149/lei_no_388_de_1_de_abril_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14149/lei_no_388_de_1_de_abril_de_1996.pdf</t>
   </si>
   <si>
     <t>DESTINA A PRAÇA DO CENTRO CÍVICO PARA A EXPLORAÇÃO DOS SERVIÇOS FOTOGRÁFICOS PELOS AMBULANTES.</t>
   </si>
   <si>
     <t>14161</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14161/lei_n_403_de_29_de_novembro_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14161/lei_n_403_de_29_de_novembro_de_1996.pdf</t>
   </si>
   <si>
     <t>A REDUÇÃO DA TAXA DE EXPEDIENTE E MULTAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14147</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14147/lei_no_386_de_22_de_janeiro_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14147/lei_no_386_de_22_de_janeiro_de_1996.pdf</t>
   </si>
   <si>
     <t>O HASTEAMENTO DA BANDEIRA E CANTO DO HINO MUNICIPAL DE BOA VISTA, NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14159</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14159/lei_no_400_de_23_de_setembro_de_1996.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14159/lei_no_400_de_23_de_setembro_de_1996.pdf</t>
   </si>
   <si>
     <t>ESTIPULA MULTA PARA OS EVENTOS QUE NÃO INICIAREM NO HORÁRIO PREVISTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16145</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16145/resolucao_no_78_de_13_de_janeiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16145/resolucao_no_78_de_13_de_janeiro_de_1995.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA RESOLUÇÃO N.º 76, DE 31 DE MAIO DE 1994, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16146</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16146/resolucao_no_79_de_13_de_janeiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16146/resolucao_no_79_de_13_de_janeiro_de_1995.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A TABELA DE REMUNERAÇÃO DOS CARGOS COMISSIONADOS DOS GABINETES DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16148</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16148/resolucao_no_80_de_21_de_fevereiro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16148/resolucao_no_80_de_21_de_fevereiro_de_1995.pdf</t>
   </si>
   <si>
     <t>ALTERA OS §§ 1º E 2º DO ART. 3º DA RESOLUÇÃO N.º 79, DE 13 DE JANEIRO DE 1995, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16151</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16151/resolucao_no_83_de_22_de_junho_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16151/resolucao_no_83_de_22_de_junho_de_1995.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16149</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16149/resolucao_no_81_de_25_de_abril_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16149/resolucao_no_81_de_25_de_abril_de_1995.pdf</t>
   </si>
   <si>
     <t>MODIFICA O QUADRO II DO ART. 2º DA RESOLUÇÃO N.º 78, DE 13 DE JANEIRO DE 1995.</t>
   </si>
   <si>
     <t>16150</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16150/resolucao_no_82_de_27_de_abril_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16150/resolucao_no_82_de_27_de_abril_de_1995.pdf</t>
   </si>
   <si>
     <t>FIXA AS DIÁRIAS DOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16152</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16152/resolucao_no_84_de_07_de_dezembro_de_1995.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16152/resolucao_no_84_de_07_de_dezembro_de_1995.pdf</t>
   </si>
   <si>
     <t>A CONSTITUIÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO, DE ACORDO COM O §3º DO ART. 58, DA CF, C/C O ART. 16, XVI DA LEI ORGÂNICA MUNICIPAL E O ART. 45 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -942,68 +942,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16239/decreto_legislativo_n_196_de_21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16240/decreto_legislativo_n_197_de_22_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16241/decreto_legislativo_n_198_de_11_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16242/decreto_legislativo_n_199_de_23_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14049/lei_no_354_de_21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14048/lei_no_353__21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14117/lei_no_377_de_26_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14152/lei_no_391_de_08_de_maio_de_1996.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14072/lei_no_368_de_30_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14076/lei_no_371_de_14_de_setembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14085/lei_no_373_de_19_de_outubro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14056/lei_no_361_de_25_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14062/lei_no_364_de_04_de_julho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14060/lei_no_363_de_julho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14058/lei_no_362_de_04_de_julho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14114/lei_no_375_de_31_de_outubro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14071/lei_no_367_de_30_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14146/lei_no_385_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14073/lei_no_369_de_30_de_maio_de_1996.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14050/lei_no_355_de_08_de_marco_de_1995.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14070/lei_no_366_de_30_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14075/lei_no_370_de_12_de_setembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14151/lei_no_390_de_29_de_abril_de_1996.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14148/lei_no_387_de_22_de_janeiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16709/lei_no_396_de_21_de_junho_de_1996.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14078/lei_no_372_de_21_de_setembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14137/lei_no_382_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14087/lei_no_374_de_19_de_outubro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14128/lei_no_379_de_27_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14150/lei_no_389_de_29_de_abril_de_1996.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14139/lei_no_383_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14143/lei_no_384_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14130/lei_no_380_de_05_de_dezembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14153/lei_no_392_de_03_de_julho_de_1996.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16707/lei_no_378_de_05_de_dezembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14116/lei_no_376_de_10_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14149/lei_no_388_de_1_de_abril_de_1996.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14161/lei_n_403_de_29_de_novembro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14147/lei_no_386_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14159/lei_no_400_de_23_de_setembro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16145/resolucao_no_78_de_13_de_janeiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16146/resolucao_no_79_de_13_de_janeiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16148/resolucao_no_80_de_21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16151/resolucao_no_83_de_22_de_junho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16149/resolucao_no_81_de_25_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16150/resolucao_no_82_de_27_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16152/resolucao_no_84_de_07_de_dezembro_de_1995.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16239/decreto_legislativo_n_196_de_21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16240/decreto_legislativo_n_197_de_22_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16241/decreto_legislativo_n_198_de_11_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16242/decreto_legislativo_n_199_de_23_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14049/lei_no_354_de_21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14048/lei_no_353__21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14117/lei_no_377_de_26_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14152/lei_no_391_de_08_de_maio_de_1996.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14072/lei_no_368_de_30_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14076/lei_no_371_de_14_de_setembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14085/lei_no_373_de_19_de_outubro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14056/lei_no_361_de_25_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14062/lei_no_364_de_04_de_julho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14060/lei_no_363_de_julho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14058/lei_no_362_de_04_de_julho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14114/lei_no_375_de_31_de_outubro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14071/lei_no_367_de_30_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14146/lei_no_385_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14073/lei_no_369_de_30_de_maio_de_1996.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14050/lei_no_355_de_08_de_marco_de_1995.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14070/lei_no_366_de_30_de_maio_de_1995.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14075/lei_no_370_de_12_de_setembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14151/lei_no_390_de_29_de_abril_de_1996.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14148/lei_no_387_de_22_de_janeiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16709/lei_no_396_de_21_de_junho_de_1996.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14078/lei_no_372_de_21_de_setembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14137/lei_no_382_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14087/lei_no_374_de_19_de_outubro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14128/lei_no_379_de_27_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14150/lei_no_389_de_29_de_abril_de_1996.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14139/lei_no_383_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14143/lei_no_384_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14130/lei_no_380_de_05_de_dezembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14153/lei_no_392_de_03_de_julho_de_1996.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16707/lei_no_378_de_05_de_dezembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14116/lei_no_376_de_10_de_novembro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14149/lei_no_388_de_1_de_abril_de_1996.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14161/lei_n_403_de_29_de_novembro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14147/lei_no_386_de_22_de_janeiro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/14159/lei_no_400_de_23_de_setembro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16145/resolucao_no_78_de_13_de_janeiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16146/resolucao_no_79_de_13_de_janeiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16148/resolucao_no_80_de_21_de_fevereiro_de_1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16151/resolucao_no_83_de_22_de_junho_de_1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16149/resolucao_no_81_de_25_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16150/resolucao_no_82_de_27_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/1995/16152/resolucao_no_84_de_07_de_dezembro_de_1995.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="203.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>