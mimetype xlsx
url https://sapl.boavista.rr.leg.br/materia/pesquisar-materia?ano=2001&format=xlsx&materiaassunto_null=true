--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -54,927 +54,927 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16475</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16475/decreto_legislativo_no_236_de_12_de_fevereiro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16475/decreto_legislativo_no_236_de_12_de_fevereiro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO PARA AUSENTAR-SE DO MUNICÍPIO, A SENHORA PREFEITA, NA FORMA DO ART. 16, INC. VIII, DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>16481</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16481/decreto_legislativo_no_237_de_19_de_fevereiro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16481/decreto_legislativo_no_237_de_19_de_fevereiro_de_2001.pdf</t>
   </si>
   <si>
     <t>CRIA AJUDA DE CUSTO DE DESEMPENHO PARLAMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>16485</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16485/decreto_legislativo_no_238_de_02_de_maio_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16485/decreto_legislativo_no_238_de_02_de_maio_de_2001.pdf</t>
   </si>
   <si>
     <t>"AUTORIZAÇÃO PARA AUSENTAR-SE DO PAÍS, O SENHOR VICE-PREFEITO, NA FORMA DO ART. 60 DA LEI ORGÂNICA MUNICIPAL ".</t>
   </si>
   <si>
     <t>16494</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16494/decreto_legislativo_no_240_de_05_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16494/decreto_legislativo_no_240_de_05_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO BOAVISTENSE AO EXCELENTÍSSIMO SENHOR DEPUTADO BARAC DA SILVA BENTO.</t>
   </si>
   <si>
     <t>16878</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16878/decreto_legislativo_no_239_de_05_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16878/decreto_legislativo_no_239_de_05_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BOAVISTENSE AO EXCELENTÍSSIMO SENHOR SENADOR ROMERO JUCÁ FILHO.</t>
   </si>
   <si>
     <t>16497</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16497/decreto_legislativo_no_241_de_02_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16497/decreto_legislativo_no_241_de_02_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>DECLARA SUSPENSO, POR SESSENTA DIAS, O MANDATO ELETIVO DO VEREADOR FRANCISCO DE SOUZA CRUZ - Chico Doido.</t>
   </si>
   <si>
     <t>14553</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14553/lei_no_553_de_23_de_janeiro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14553/lei_no_553_de_23_de_janeiro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 459, DE 30 DE JUNHO DE 1998, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE BOA VISTA E SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14551</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14551/lei_no_551_de_15_de_janeiro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14551/lei_no_551_de_15_de_janeiro_de_2001.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 544, DE 22/12/2000, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DESPORTO - CMD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14552</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14552/lei_no_552_de_15_de_janeiro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14552/lei_no_552_de_15_de_janeiro_de_2001.pdf</t>
   </si>
   <si>
     <t>MODIFICA A ESTRUTURA ORGANIZACIONAL DO MUNICÍPIO DE BOA VISTA, LEIS NºS. 295 DE 08 DE JUNHO DE 1993; LEI Nº 354 DE 21 DE FEVEREIRO_x000D_
 DE 1995; LEI Nº 408 DE 02 DE FEVEREIRO DE 1997; LEI Nº 451 DE 17 DE MARÇO DE 1998; LEI Nº 454 DE 05 DE MAIO DE 1998; LEI Nº 448 DE 29 DE JANEIRO DE 1998; LEI Nº 456 DE 19 DE MAIO DE 1998; LEI Nº 481 03 DE DEZEMBRO DE 1999; LEI Nº 506 DE 15 DE MARCO DE 2000; LEI Nº 534 DE 18 DE_x000D_
 OUTUBRO DE 2000, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14556</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14556/lei_no_556_de_10_de_maio_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14556/lei_no_556_de_10_de_maio_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 244 DE 06 DE SETEMBRO DE 1991, ALTERADA PELA LEI 483, DE 09 DE DEZEMBRO DE 1999, QUE TRATA DA PROMOÇÃO DE_x000D_
 DESENVOLVIMENTO URBANO, ZONEAMENTO, USO E OCUPAÇÃO DO SOLO, SISTEMA VIÁRIO, PARCELAMENTO DO SOLO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14563</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14563/lei_no_563_de_27_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14563/lei_no_563_de_27_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>ESTATUI DIRETRIZES, OBJETIVOS E METAS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL PARA AS DESPESAS DE CAPITAL, INCLUINDO AS DESPESAS DECORRENTES DAS DESPESAS DE CAPITAL, BEM COMO OS PROGRAMAS DE DURAÇÃO CONTINUADA, PARA O QUADRIÊNIO 2002/2005.</t>
   </si>
   <si>
     <t>14559</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14559/lei_no_559_de_31_de_maio_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14559/lei_no_559_de_31_de_maio_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 435, DE 16 DE JULHO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14565</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14565/lei_no_565_de_27_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14565/lei_no_565_de_27_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N.º 298, DE 24 DE JUNHO DE 1993, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14566</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14566/lei_no_566_de_09_de_agosto_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14566/lei_no_566_de_09_de_agosto_de_2001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RENDA MÍNIMA, ASSOCIADO A AÇÕES SÓCIO-EDUCATIVAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14561</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14561/lei_no_561_de_21_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14561/lei_no_561_de_21_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO PELO MUNICÍPIO DE BOA VISTA PARA O INSTITUTO JOÃO CAPRISTANO DE ENSINO E CULTURA LTDA., DE BEM IMÓVEL PÚBLICO DOMINIAL.</t>
   </si>
   <si>
     <t>14560</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14560/lei_no_560_de_21_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14560/lei_no_560_de_21_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO DE INCENTIVO À PERMANÊNCIA EM FUNÇÃO DOCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14564</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14564/lei_no_564_de_27_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14564/lei_no_564_de_27_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>ESTATUI DIRETRIZES PARA AS METAS E AS PRIORIDADES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, INCLUINDO AS DESPESAS DE CAPITAL, ORIENTANDO A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL E DISPONDO SOBRE AS ALTERAÇÕES NA LEGISLAÇÃO TRIBUTÁRIA, PARA O EXERCÍCIO FINANCEIRO DE 2002.</t>
   </si>
   <si>
     <t>14576</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14576/lei_no_574_de_27_de_setembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14576/lei_no_574_de_27_de_setembro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR BEM PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14578</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14578/lei_no_575_de_27_de_setembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14578/lei_no_575_de_27_de_setembro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DA LEI N.º 244, DE 06 DE SETEMBRO DE 1991, ALTERADA PELAS LEIS N.ºS 483, DE 09 DE DEZEMBRO DE 1999 E 556, DE 10 DE MAIO DE 2001 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14567</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14567/lei_no_567_de_09_de_agosto_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14567/lei_no_567_de_09_de_agosto_de_2001.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO DISPOSTO NO ART. 2º, CAPUT, DA LEI N.º 553, DE 23 DE JANEIRO DE 2001.</t>
   </si>
   <si>
     <t>14580</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14580/lei_no_576_de_27_de_setembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14580/lei_no_576_de_27_de_setembro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL, NO ORÇAMENTO DO MUNICÍPIO, PARA O EXERCÍCIO DE 2001, NO VALOR DE R$ 16.051.300,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14713</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14713/lei_no_602_de_21_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14713/lei_no_602_de_21_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 465, DE 30 DE JULHO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14616</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14616/lei_no_589_de_09_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14616/lei_no_589_de_09_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL, NO ORÇAMENTO DO MUNICÍPIO, PARA O EXERCÍCIO DE 2001, NO VALOR DE R$ 3.492.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14707</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14707/lei_no_596_de_10_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14707/lei_no_596_de_10_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DA ORQUESTRA SINFÔNICA INFANTIL DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14708</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14708/lei_no_597_de_13_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14708/lei_no_597_de_13_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE BOA VISTA-RR, PARA O EXERCÍCIO DE 2002.</t>
   </si>
   <si>
     <t>14621</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14621/lei_no_593_de_21_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14621/lei_no_593_de_21_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL, NO ORÇAMENTO DO MUNICÍPIO, PARA O EXERCÍCIO DE 2001, NO VALOR DER$ 1.132.400,00 E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14714</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14714/lei_no_603_de_21_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14714/lei_no_603_de_21_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 5º, DA LEI MUNICIPAL N.º 219, DE 16 DE FEVEREIRO DE 1990; O ART. 1º, DA LEI MUNICIPAL N.º 278, DE 08 DE OUTUBRO DE 1992; E O ART. 1º, DA LEI MUNICIPAL N.º 480, DE 01 DE DEZEMBRO DE 1999, QUE TRATAM DO PLANO DE CARGOS DE CARREIRAS E DO MAGISTÉRIO DO MUNICÍPIO DE BOA VISTA-RR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14715</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14715/lei_no_604_de_21_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14715/lei_no_604_de_21_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LEI N.º 486, DE 13 DE DEZEMBRO DE 1999 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14716</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14716/lei_no_605_de_21_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14716/lei_no_605_de_21_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO PROJETO CRESCER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14712</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14712/lei_no_601_de_21_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14712/lei_no_601_de_21_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL, NO ORÇAMENTO DO MUNICÍPIO, PARA O EXERCÍCIO DE 2001, NO VALOR DE R$ 1.023.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14575</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14575/lei_no_573_de_10_de_setembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14575/lei_no_573_de_10_de_setembro_de_2001.pdf</t>
   </si>
   <si>
     <t>O CONSELHO MUNICIPAL ANTIDROGAS - COMAD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14554</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14554/lei_no_554_de_09_de_maio_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14554/lei_no_554_de_09_de_maio_de_2001.pdf</t>
   </si>
   <si>
     <t>A RENOMEAÇÃO DA "TRAVESSA A", NO BAIRRO 31 DE MARÇO, PARA "TRAVESSA EUSTÁQUIO JÚLIO MACEDO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14555</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14555/lei_no_555_de_09_de_maio_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14555/lei_no_555_de_09_de_maio_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA "AVENIDA M", SITUADA NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14557</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14557/lei_no_557_de_10_de_maio_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14557/lei_no_557_de_10_de_maio_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA "N", SITUADA NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14585</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14585/lei_no_580_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14585/lei_no_580_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>A CONCESSÃO DE CERTIDÃO DE HABITE-SE AOS PROPRIETÁRIOS DE IMÓVEIS EM ÁREAS EDIFICADAS HÁ MAIS DE 05 (CINCO) ANOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14558</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14558/lei_no_558_de_29_de_maio_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14558/lei_no_558_de_29_de_maio_de_2001.pdf</t>
   </si>
   <si>
     <t>TRATA DA REVOGAÇÃO DAS LEIS DE N.º 268/92, 302/93, 315/93, 358/95, 438/97 E 545/00, TODAS RELACIONADAS À INSTITUIÇÃO DE PASSES-LIVRES NOS TRANSPORTES COLETIVOS URBANOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14562</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14562/lei_no_562_de_21_de_junho_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14562/lei_no_562_de_21_de_junho_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N.º 426, DE 30 DE JUNHO DE 1997, QUE DEU NOVA REDAÇÃO À LEI N.º 263, DE 29 DE MAIO DE 1992, QUE TRATA DA POLÍTICA MUNICIPAL DE PROTEÇÃO INTEGRAL À CRIANÇA E AO ADOLESCENTE, FUNDO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14568</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14568/lei_no_568_de_09_de_agosto_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14568/lei_no_568_de_09_de_agosto_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA DO JATOBAZEIRO NO BAIRRO CAÇARI, NESTA CAPITAL, PARA "SOBERANO FRANCISCO MURILO PINTO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14570</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14570/lei_no_570_de_24_de_agosto_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14570/lei_no_570_de_24_de_agosto_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA XXIV, SITUADA NO BAIRRO CAMBARÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14730</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14730/lei_no_619_de_26_de_agosto_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14730/lei_no_619_de_26_de_agosto_de_2002.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO A TODOS OS ESTUDANTES MATRICULADOS OU QUE VENHAM A SE MATRICULAR NA REDE PÚBLICA DE ENSINO, O EXAME MÉDICO E OS EXAMES LABORATORIAIS QUE SE FIZEREM NECESSÁRIOS, A CRITÉRIO DO RESPONSÁVEL MÉDICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14618</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14618/lei_no_590_de_19_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14618/lei_no_590_de_19_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA, NOS TERMOS DA LEI, O CENTRO EDUCACIONAL E SOCIAL DA CONSOLATA.</t>
   </si>
   <si>
     <t>14569</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14569/lei_no_569_de_17_de_agosto_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14569/lei_no_569_de_17_de_agosto_de_2001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O VALE-TROCO PARA OS USUÁRIOS DE TRANSPORTE COLETIVO URBANO NA CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>14611</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14611/lei_no_587_de_26_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14611/lei_no_587_de_26_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 248/91 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14571</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14571/lei_no_571_de_24_de_agosto_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14571/lei_no_571_de_24_de_agosto_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA K, SITUADA NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14572</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14572/lei_no_572_de_24_de_agosto_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14572/lei_no_572_de_24_de_agosto_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA L, SITUADA NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14582</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14582/lei_no_577_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14582/lei_no_577_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>TRATA DA RENOMEAÇÃO DA TRAVESSA B, NO BAIRRO 31 DE MARÇO, PARA TRAVESSA ADVOGADO HESMONE SARAIVA GRANGEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14731</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14731/lei_no_620_de_26_de_agosto_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14731/lei_no_620_de_26_de_agosto_de_2002.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 87 DA LEI N.º 513, DE 10 DE ABRIL DE 2000.</t>
   </si>
   <si>
     <t>14606</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14606/lei_no_583_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14606/lei_no_583_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA I, SITUADA NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14583</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14583/lei_no_578_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14583/lei_no_578_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA 10, SITUADA NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14597</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14597/lei_no_581_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14597/lei_no_581_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA TRANSAMAZÔNICA, SITUADA NO BAIRRO CANARINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14607</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14607/lei_no_584_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14607/lei_no_584_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA 16, SITUADA NO BAIRRO CARANÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14609</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14609/lei_no_585_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14609/lei_no_585_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA RUA O, SITUADA NO BAIRRO CARANÃ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14598</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14598/lei_no_582_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14598/lei_no_582_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>A NOVA DENOMINAÇÃO DA AV. 14, SITUADA NO BAIRRO CARANÃ PARA JÚLIO DE ANDRADE LIMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14584</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14584/lei_no_579_de_29_de_outubro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14584/lei_no_579_de_29_de_outubro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA VII NO CONJUNTO HABITACIONAL CAMBARÁ, NESTA CIDADE, PARA RUA ADAIR ARAÚJO LIMA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14764</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14764/lei_no_648_de_06_de_dezembro_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14764/lei_no_648_de_06_de_dezembro_de_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITA MUNICIPAL DE BOA VISTA, A CONCEDER REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14619</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14619/lei_no_591_de_19_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14619/lei_no_591_de_19_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>TRATA DA INSTALAÇÃO DE CAIXAS COLETORAS SELETIVAS DE LIXO, E DA IMPLEMENTAÇÃO NA MÍDIA DE UMA CAMPANHA ESCLARECEDORA A POPULAÇÃO SOBRE A IMPORTÂNCIA DA RECICLAGEM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14623</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14623/lei_no_595_de_29_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14623/lei_no_595_de_29_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO 25 DA LEI 244, DE 06 DE SETEMBRO DE 1991, ALTERADA PELA LEI 483, DE 09 DE DEZEMBRO DE 1999, QUE TRATA DA PROMOÇÃO DE_x000D_
 DESENVOLVIMENTO URBANO, ZONEAMENTO, USO E OCUPAÇÃO DO SOLO, SISTEMA VIÁRIO, PARCELAMENTO DO SOLO. CRIA O BAIRRO OLÍMPICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14613</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14613/lei_no_588_de_05_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14613/lei_no_588_de_05_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA Y-10 NO BAIRRO JARDIM FLORESTA I, NESTA CIDADE, PARA RUA ABEL FRANCISCO DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14711</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14711/lei_no_600_de_20_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14711/lei_no_600_de_20_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO GARI.</t>
   </si>
   <si>
     <t>14620</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14620/lei_no_592_de_19_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14620/lei_no_592_de_19_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>A DENOMINAÇÃO DOS PONTOS DE TÁXIS EXISTENTES NO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>14709</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14709/lei_no_598_de_20_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14709/lei_no_598_de_20_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>A OBRIGATORIEDADE DE ILUMINAÇÃO PÚBLICA EM TODAS PARADAS DE ÔNIBUS DE BOA VISTA.</t>
   </si>
   <si>
     <t>14710</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14710/lei_no_599_de_20_de_dezembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14710/lei_no_599_de_20_de_dezembro_de_2001.pdf</t>
   </si>
   <si>
     <t>O REBAIXAMENTO DO MEIO-FIO DAS CALÇADAS, NAS ÁREAS CORRESPONDENTES AS FAIXAS DOS PEDESTRES, NAS RUAS CENTRAIS DE BOA VISTA, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14721</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14721/lei_no_610_de_16_de_abril_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14721/lei_no_610_de_16_de_abril_de_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA X-12, NO BAIRRO CALUNGÁ, NESTA CIDADE PARA RUA FRANCISCA SAMPAIO TOMAZ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14622</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14622/lei_no_594_de_28_de_novembro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14622/lei_no_594_de_28_de_novembro_de_2001.pdf</t>
   </si>
   <si>
     <t>PROÍBE A REALIZAÇÃO DE FEIRAS ITINERANTES E TEMPORÁRIAS ONDE OCORRA COMERCIALIZAÇÃO DIRETA, NO ATACADO OU VAREJO COM FINS LUCRATIVOS, NO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>14719</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14719/lei_no_608_de_1_de_abril_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14719/lei_no_608_de_1_de_abril_de_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA XV NO CONJUNTO HABITACIONAL CAMBARÁ, NESTA CIDADE, PARA RUA JOSÉ MACEDO MALAQUIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14718</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14718/lei_no_607_de_1_de_abril_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14718/lei_no_607_de_1_de_abril_de_2002.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DE POSTOS  DE RECEBIMENTO E DEVOLUÇÃO DE ACHADOS E PERDIDOS.</t>
   </si>
   <si>
     <t>14723</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14723/lei_no_612_de_08_de_maio_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14723/lei_no_612_de_08_de_maio_de_2002.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DOS ESTACIONAMENTOS PÚBLICOS OU PRIVADOS NO MUNICÍPIO DE BOA VISTA, REGULAMENTA E DISCIPLINA O SEU FUNCIONAMENTO,E E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14726</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14726/lei_no_615_de_20_de_agosto_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14726/lei_no_615_de_20_de_agosto_de_2002.pdf</t>
   </si>
   <si>
     <t>A DENOMINAÇÃO DE BEM PÚBLICO MUNICIPAL E DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14724</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14724/lei_no_613_de_08_de_maio_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14724/lei_no_613_de_08_de_maio_de_2002.pdf</t>
   </si>
   <si>
     <t>O CONTROLE PARA CONDUÇÃO E PERMANÊNCIA DOS CÃES QUE ESPECIFICA, NOS LOCAIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14728</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14728/lei_no_617_de_20_de_agosto_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14728/lei_no_617_de_20_de_agosto_de_2002.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O HASTEAMENTO DA BANDEIRA DO BRASIL E A EXECUÇÃO DO HINO NACIONAL BRASILEIRO TODAS AS SEGUNDAS-FEIRAS EM TODAS AS ESCOLAS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16182</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16182/resolucao_no_97_de_02_de_janeiro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16182/resolucao_no_97_de_02_de_janeiro_de_2001.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO ESPECIAL, COM AS COMPETÊNCIAS PREVISTAS, NO QUE COUBER, PARA AS COMISSÕES PERMANENTES, DURANTE O PERÍODO DE RECESSO DO PODER LEGISLATIVO MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16188</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16188/resolucao_no_98_de_19_de_fevereiro_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16188/resolucao_no_98_de_19_de_fevereiro_de_2001.pdf</t>
   </si>
   <si>
     <t>REVOGA O PARÁGRAFO 5º, DO ART. 103 E MAIS OS ARTS. 106 E 107 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BOA VISTA, ESTABELECIDO PELA RESOLUÇÃO N.º 093, DE 16 DE DEZEMBRO DE 1998 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16192</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16192/resolucao_no_99_de_13_de_marco_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16192/resolucao_no_99_de_13_de_marco_de_2001.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VALORES CONSTANTES DO ANEXO I DA RESOLUÇÃO N.º 82, DE 27 DE ABRIL DE 1995.</t>
   </si>
   <si>
     <t>16190</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16190/resolucao_no_100_de_18_de_abril_de_2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16190/resolucao_no_100_de_18_de_abril_de_2001.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZA EXEMPLAR PARA CONSULTA DA BÍBLIA, DA CONSTITUIÇÃO FEDERAL, DA CONSTITUIÇÃO ESTADUAL, DA LEI ORGÂNICA DO MUNICÍPIO E DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>16154</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16154/resolucao_no_101-2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16154/resolucao_no_101-2001.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART. 153, DE 16 DE DEZEMBRO DE 1998 - QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>16141</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2002/16141/resolucao_n_102_de_26_de_marco_de_2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2002/16141/resolucao_n_102_de_26_de_marco_de_2002.pdf</t>
   </si>
   <si>
     <t>A DENOMINAÇÃO DA BIBLIOTECA DESTA CASA LEGISLATIVA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60245</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60245/proposta_de_emenda_001-2001_-_emenda_no_009_-_18.06.2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60245/proposta_de_emenda_001-2001_-_emenda_no_009_-_18.06.2002.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60246</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60246/proposta_de_emenda_001-2001_-_emenda_no_008_-_13.03.2002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60246/proposta_de_emenda_001-2001_-_emenda_no_008_-_13.03.2002.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART. 60, DA LEI ORGÂNICA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>60247</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60247/proposta_emenda_001-2021_-_emenda_no_007_-_08.08.2001.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60247/proposta_emenda_001-2021_-_emenda_no_007_-_08.08.2001.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 18, DA LEI ORGÂNCIA DO MUNICÍPIO DE BOA VISTA, O QUAL DISPÕE SOBRE O SUBSÍDIO DOS VEREADORES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1281,68 +1281,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16475/decreto_legislativo_no_236_de_12_de_fevereiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16481/decreto_legislativo_no_237_de_19_de_fevereiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16485/decreto_legislativo_no_238_de_02_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16494/decreto_legislativo_no_240_de_05_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16878/decreto_legislativo_no_239_de_05_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16497/decreto_legislativo_no_241_de_02_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14553/lei_no_553_de_23_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14551/lei_no_551_de_15_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14552/lei_no_552_de_15_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14556/lei_no_556_de_10_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14563/lei_no_563_de_27_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14559/lei_no_559_de_31_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14565/lei_no_565_de_27_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14566/lei_no_566_de_09_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14561/lei_no_561_de_21_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14560/lei_no_560_de_21_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14564/lei_no_564_de_27_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14576/lei_no_574_de_27_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14578/lei_no_575_de_27_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14567/lei_no_567_de_09_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14580/lei_no_576_de_27_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14713/lei_no_602_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14616/lei_no_589_de_09_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14707/lei_no_596_de_10_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14708/lei_no_597_de_13_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14621/lei_no_593_de_21_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14714/lei_no_603_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14715/lei_no_604_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14716/lei_no_605_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14712/lei_no_601_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14575/lei_no_573_de_10_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14554/lei_no_554_de_09_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14555/lei_no_555_de_09_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14557/lei_no_557_de_10_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14585/lei_no_580_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14558/lei_no_558_de_29_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14562/lei_no_562_de_21_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14568/lei_no_568_de_09_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14570/lei_no_570_de_24_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14730/lei_no_619_de_26_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14618/lei_no_590_de_19_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14569/lei_no_569_de_17_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14611/lei_no_587_de_26_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14571/lei_no_571_de_24_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14572/lei_no_572_de_24_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14582/lei_no_577_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14731/lei_no_620_de_26_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14606/lei_no_583_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14583/lei_no_578_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14597/lei_no_581_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14607/lei_no_584_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14609/lei_no_585_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14598/lei_no_582_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14584/lei_no_579_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14764/lei_no_648_de_06_de_dezembro_de_2002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14619/lei_no_591_de_19_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14623/lei_no_595_de_29_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14613/lei_no_588_de_05_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14711/lei_no_600_de_20_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14620/lei_no_592_de_19_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14709/lei_no_598_de_20_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14710/lei_no_599_de_20_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14721/lei_no_610_de_16_de_abril_de_2002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14622/lei_no_594_de_28_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14719/lei_no_608_de_1_de_abril_de_2002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14718/lei_no_607_de_1_de_abril_de_2002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14723/lei_no_612_de_08_de_maio_de_2002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14726/lei_no_615_de_20_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14724/lei_no_613_de_08_de_maio_de_2002.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14728/lei_no_617_de_20_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16182/resolucao_no_97_de_02_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16188/resolucao_no_98_de_19_de_fevereiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16192/resolucao_no_99_de_13_de_marco_de_2001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16190/resolucao_no_100_de_18_de_abril_de_2001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16154/resolucao_no_101-2001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2002/16141/resolucao_n_102_de_26_de_marco_de_2002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60245/proposta_de_emenda_001-2001_-_emenda_no_009_-_18.06.2002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60246/proposta_de_emenda_001-2001_-_emenda_no_008_-_13.03.2002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60247/proposta_emenda_001-2021_-_emenda_no_007_-_08.08.2001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16475/decreto_legislativo_no_236_de_12_de_fevereiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16481/decreto_legislativo_no_237_de_19_de_fevereiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16485/decreto_legislativo_no_238_de_02_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16494/decreto_legislativo_no_240_de_05_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16878/decreto_legislativo_no_239_de_05_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16497/decreto_legislativo_no_241_de_02_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14553/lei_no_553_de_23_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14551/lei_no_551_de_15_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14552/lei_no_552_de_15_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14556/lei_no_556_de_10_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14563/lei_no_563_de_27_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14559/lei_no_559_de_31_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14565/lei_no_565_de_27_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14566/lei_no_566_de_09_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14561/lei_no_561_de_21_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14560/lei_no_560_de_21_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14564/lei_no_564_de_27_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14576/lei_no_574_de_27_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14578/lei_no_575_de_27_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14567/lei_no_567_de_09_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14580/lei_no_576_de_27_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14713/lei_no_602_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14616/lei_no_589_de_09_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14707/lei_no_596_de_10_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14708/lei_no_597_de_13_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14621/lei_no_593_de_21_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14714/lei_no_603_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14715/lei_no_604_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14716/lei_no_605_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14712/lei_no_601_de_21_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14575/lei_no_573_de_10_de_setembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14554/lei_no_554_de_09_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14555/lei_no_555_de_09_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14557/lei_no_557_de_10_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14585/lei_no_580_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14558/lei_no_558_de_29_de_maio_de_2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14562/lei_no_562_de_21_de_junho_de_2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14568/lei_no_568_de_09_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14570/lei_no_570_de_24_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14730/lei_no_619_de_26_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14618/lei_no_590_de_19_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14569/lei_no_569_de_17_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14611/lei_no_587_de_26_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14571/lei_no_571_de_24_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14572/lei_no_572_de_24_de_agosto_de_2001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14582/lei_no_577_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14731/lei_no_620_de_26_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14606/lei_no_583_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14583/lei_no_578_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14597/lei_no_581_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14607/lei_no_584_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14609/lei_no_585_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14598/lei_no_582_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14584/lei_no_579_de_29_de_outubro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14764/lei_no_648_de_06_de_dezembro_de_2002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14619/lei_no_591_de_19_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14623/lei_no_595_de_29_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14613/lei_no_588_de_05_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14711/lei_no_600_de_20_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14620/lei_no_592_de_19_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14709/lei_no_598_de_20_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14710/lei_no_599_de_20_de_dezembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14721/lei_no_610_de_16_de_abril_de_2002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14622/lei_no_594_de_28_de_novembro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14719/lei_no_608_de_1_de_abril_de_2002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14718/lei_no_607_de_1_de_abril_de_2002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14723/lei_no_612_de_08_de_maio_de_2002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14726/lei_no_615_de_20_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14724/lei_no_613_de_08_de_maio_de_2002.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/14728/lei_no_617_de_20_de_agosto_de_2002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16182/resolucao_no_97_de_02_de_janeiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16188/resolucao_no_98_de_19_de_fevereiro_de_2001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16192/resolucao_no_99_de_13_de_marco_de_2001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16190/resolucao_no_100_de_18_de_abril_de_2001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/16154/resolucao_no_101-2001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2002/16141/resolucao_n_102_de_26_de_marco_de_2002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60245/proposta_de_emenda_001-2001_-_emenda_no_009_-_18.06.2002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60246/proposta_de_emenda_001-2001_-_emenda_no_008_-_13.03.2002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2001/60247/proposta_emenda_001-2021_-_emenda_no_007_-_08.08.2001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>