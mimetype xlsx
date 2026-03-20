--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -54,135 +54,135 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37095</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>MGV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Arthur Henrique</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37095/mensagem_de_veto_084-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37095/mensagem_de_veto_084-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 288/2022, DE 06 DE OUTUBRO DE 2022 – DE AUTORIA DO VEREADOR GILDEAN GARI, QUE DISPÕE SOBRE: “A DIVULGAÇÃO DA RELAÇÃO DOS MEDICAMENTOS DISPONÍVEIS E INDISPONÍVEIS NA REDE PÚBLICA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE BOA VISTA".</t>
   </si>
   <si>
     <t>37098</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37098/mensagem_de_veto_085-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37098/mensagem_de_veto_085-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 305/2022, DE 17 DE OUTUBRO DE 2022 – DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: “A PRIORIDADE DE MATRÍCULAS E DE TRANSFERÊNCIA ÀS CRIANÇAS E ADOLESCENTES, QUE ESTEJAM SOB A GUARDA DE MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR, NAS CRECHES E ESCOLAS MUNICIPAIS DE ENSINO INFANTIL E FUNDAMENTAL DE BOA VISTA”.</t>
   </si>
   <si>
     <t>37099</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37099/mensagem_de_veto_086-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37099/mensagem_de_veto_086-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 291/2022, DE 21 DE SETEMBRO DE 2022 – DE AUTORIA DO VEREADOR JULIANA GARCIA, QUE DISPÕE SOBRE: “INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE A ALERGIA ALIMENTAR.”.</t>
   </si>
   <si>
     <t>37100</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37100/mensagem_de_veto_087-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37100/mensagem_de_veto_087-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E INTERESSE PÚBLICO, O PROJETO DE LEI N.º 300/2022, DE 11 DE OUTUBRO DE 2021 – DE AUTORIA DO VEREADOR ILDERSON PEREIRA, QUE DISPÕE SOBRE: “INSTITUI NO ÂMBITO DO MUNICÍPIO DE BOA VISTA A DESTINAÇÃO DE VAGAS DE EMPREGO PARA MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR NO ÂMBITO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>37101</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37101/mensagem_de_veto_088-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37101/mensagem_de_veto_088-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 298/2022, DE 11 DE OUTUBRO DE 2021 – DE AUTORIA DO VEREADOR GENILSON COSTA, QUE DISPÕE SOBRE: “INSTITUI O PROGRAMA CIDADE LIMPA E AUTOSSUSTENTÁVEL NO ÂMBITO DO MUNICÍPIO DE BOA VISTA/RR E DÁ OUTRAS PROVIDÊNCIAS.”.</t>
   </si>
   <si>
     <t>37102</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37102/mensagem_de_veto_089-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37102/mensagem_de_veto_089-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 292/2022, DE 21 DE SETEMBRO DE 2022 – DE AUTORIA DA VEREADORA JULIANA GARCIA, QUE DISPÕE SOBRE: “A IMPLANTAÇÃPO DE MEDIDAS DE INFORMAÇÃO E PROTEÇÃO À GESTANTE E À PARTURIENTE CONTRA A VIOLÊNCIA OBSTÉTRICA NO MUNICÍPIO DE BOA VISTA”.</t>
   </si>
   <si>
     <t>37103</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37103/mensagem_de_veto_091-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37103/mensagem_de_veto_091-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 295/2021, DE 10 DE OUTUBRO DE 2022 – DE AUTORIA DOS VEREADORES ADNAN LIMA E REGIANE MATOS, QUE DISPÕE SOBRE: “A APLICAÇÃO DA MUSICOTERAPIA COMO TRATAMENTO TERAPÊUTICO COMPLEMENTAR NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.”.</t>
   </si>
   <si>
     <t>37104</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37104/mensagem_de_veto_093-2022_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37104/mensagem_de_veto_093-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO N.º 093/2022, DE 21 DE DEZEMBRO 2022 – DE AUTORIA DO PODER EXECUTIVO, QUE DISPÕE SOBRE: VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 319/2022, DE 10 DE OUTUBRO DE 2022 – DE AUTORIA DOS VEREADORES JULLYERRE PABLO E MELQUISEDEK, QUE DISPÕE SOBRE: “INSTITUI NO MUNICÍPIO DE BOA VISTA-RR A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM TRISSOMIA 21 ( SINDROME DE DOWN) E DÁ OUTRAS PROVIDÊNCIAS.”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -489,68 +489,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37095/mensagem_de_veto_084-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37098/mensagem_de_veto_085-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37099/mensagem_de_veto_086-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37100/mensagem_de_veto_087-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37101/mensagem_de_veto_088-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37102/mensagem_de_veto_089-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37103/mensagem_de_veto_091-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37104/mensagem_de_veto_093-2022_-_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37095/mensagem_de_veto_084-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37098/mensagem_de_veto_085-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37099/mensagem_de_veto_086-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37100/mensagem_de_veto_087-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37101/mensagem_de_veto_088-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37102/mensagem_de_veto_089-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37103/mensagem_de_veto_091-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37104/mensagem_de_veto_093-2022_-_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>