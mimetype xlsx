--- v0 (2025-10-19)
+++ v1 (2026-03-21)
@@ -54,683 +54,683 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37143</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Ato da Presidência</t>
   </si>
   <si>
     <t>Genilson Costa</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37143/ato_da_presidencia_no_001-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37143/ato_da_presidencia_no_001-2023.pdf</t>
   </si>
   <si>
     <t>ATO DA PRESIDÊNCIA N.º 001/2023_x000D_
 CRIA A COMISSÃO TEMPORÁRIA ESPECIAL, PARA ACOMPANHAR JUNTO AO EXECUTIVO MUNICIPAL, AS AÇÕES DO GOVERNO FEDERAL NA TERRA INDÍGENA YANOMAMI E A SITUAÇÃO DOS GARIMPEIROS NO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>37140</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37140/ato_da_presidencia_no_003-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37140/ato_da_presidencia_no_003-2023.pdf</t>
   </si>
   <si>
     <t>ATO DA PRESIDÊNCIA N.º 003/2023_x000D_
 SUBSTITUIÇÃO DOS VEREADORES LICENCIADOS, PARA INTEGRAREM A COMISSÃO TEMPORÁRIA ESPECIAL, PARA ACOMPANHAR E ELABORAÇÃO DO PLANO DE CARGOS E CARREIRAS E REMUNERAÇÃO - PCCR DOS SERVIDORES DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>37530</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37530/ato_da_presidencia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37530/ato_da_presidencia.pdf</t>
   </si>
   <si>
     <t>ATO DA PRESIDÊNCIA Nº 004/2023. TORNA PÚBLICA A APRESENTAÇÃO DA RENÚNCIA DO CARGO DE VEREADOR DO MUNICÍPIO DE BOA VISTA -RR, PELO SR. GABRIEL MOTA E SILVA, REPRESENTANTE DO PARTIDO REPUBLICANOS, NA DATA DO DIA 08 DE MARÇO DE 2023. CONFORME MEMORANDO Nº 017/2023/GABGM/CMBV. LIDO NA 5ª SESSSÃO ORDINÁRIA DOA DIA 08 DE MARÇO DE 2023. DECLARANDO AUTOMATICAMENTE  CONFORME ART. 95 DO REGIMNTO INTERNO, O REFERIDO CARGO VAGO.</t>
   </si>
   <si>
     <t>37688</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37688/ato_da_mesa_005.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37688/ato_da_mesa_005.pdf</t>
   </si>
   <si>
     <t>COMPOSIÇÃO DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE BOA VISTA PARA O BIÊNIO 2023/2024._x000D_
 III-COMISSÃO DE EDUCAÇÃO, CULTURA, ESPORTE E JUVENTUDE._x000D_
 IV-COMISSÃO DE OBRAS, URBANIZAÇÃO, TRANSPORTES, HABITAÇÃO E SERVIÇOS PÚBLICOS._x000D_
 VIII- COMISSÃO DE AGRICULTURA.</t>
   </si>
   <si>
     <t>36956</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Aline Rezende, Dr. Ilderson Pereira, Genilson Costa, Juliana Garcia, Vavá do Thianguá</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36956/projeto_de_lei_182.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36956/projeto_de_lei_182.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 182 DE 17 DE DEZEMBRO DE 2013.</t>
   </si>
   <si>
     <t>36957</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36957/projeto_resolucao_246.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36957/projeto_resolucao_246.pdf</t>
   </si>
   <si>
     <t>REVOGA A RESOLUÇÃO Nº 246, DE 13 DE DEZEMBRO DE 2022, DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>36958</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36958/projeto_resolucao161.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36958/projeto_resolucao161.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA RESOLUÇÃO Nº 161 DE 06 DE JANEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>38001</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38001/projeto_de_resolucao_28.03.2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38001/projeto_de_resolucao_28.03.2023.pdf</t>
   </si>
   <si>
     <t>REGRAS DE TRANSIÇÃO ENTRE A LEI 8.666/93 E A NOVA LEI DE LICITAÇÃO Nº 14.133/21, NO AMBITO DA CÂMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>43040</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dr. Ilderson Pereira, Genilson Costa, Juliana Garcia, Kleber Siqueira, Vavá do Thianguá</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43040/projeto_de_resolucao1.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43040/projeto_de_resolucao1.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇAO DISPOE SOBRE ALTERA A RESOLUÇAO Nº214 DE 11 DE JANEIRO DE 2018 EM SEUS ARTIGOS 3º, 7º E 9°, QUE TRATA SOBRE A CONCESSAO E LOCOMOÇÃO DE VEREADORES E SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>43041</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43041/projeto_de_resolucao_ii.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43041/projeto_de_resolucao_ii.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇAO QUE DISPOE SOBRE REGRAS DE TRANSIÇÃO ENTRE A LEI 8666/93 E A NOVA LEI DE LICITAÇAO N°14.133/21, NO AMBITO DA CAMARA MUNICIPAL DE BOA VISTA.</t>
   </si>
   <si>
     <t>46381</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Aline Rezende, Dr. Ilderson Pereira, Genilson Costa, Kleber Siqueira, Vavá do Thianguá</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46381/pr-012-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46381/pr-012-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO N.º 161, DE 06 DE JANEIRO DE 2012.</t>
   </si>
   <si>
     <t>46499</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46499/pr-013-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46499/pr-013-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO N.º 214, DE 11 DE JANEIRO DE 2018.</t>
   </si>
   <si>
     <t>36960</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36960/requerimento_07.02.2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36960/requerimento_07.02.2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS DE RESOLUÇÃO N.ºS 001, 002 E 003/2023 - DE AUTORIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>37015</t>
   </si>
   <si>
     <t>Adnan Lima, Bruno Perez, Dr. Ilderson Pereira, Insp. Daniel Mangabeira, Ítalo Otávio, Manoel Neves, Melquisedek, Nilson Bispo, Ruan Kenobby, Sandro Bare, STen. Vélton, Thiago Fogaça, Vavá do Thianguá, Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37015/requerimento_002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37015/requerimento_002.pdf</t>
   </si>
   <si>
     <t>REGIME DE URGENCIA ESPECIAL PROJETO DE LEI REQUERIMENTO Nº 002/2023 DE 07 DE FEVEREIRO DE 2023 DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>37036</t>
   </si>
   <si>
     <t>Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37036/brasil_-_do_caburai_ao_chui_assinado.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37036/brasil_-_do_caburai_ao_chui_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DE UMA COMISSÃO ESPECIAL EXTERNA PARA ACOMPANHAR, JUNTO AO EXECUTIVO MUNICIPAL, AS AÇÕES DO GOVERNO FEDERAL NA TERRA INDIGENA YANOMAMI E A SITUAÇÃO DOS GARIMPEIROS EM BOA VISTA.</t>
   </si>
   <si>
     <t>37113</t>
   </si>
   <si>
     <t>Aline Rezende, Genilson Costa, Juliana Garcia, Vavá do Thianguá</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37113/requerimento_006-2023_-_mesa_diretora.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37113/requerimento_006-2023_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS ELENCADOS NO CORPO DO REQUERIMENTO.</t>
   </si>
   <si>
     <t>37294</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37294/requerimento_n.o_009-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37294/requerimento_n.o_009-2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N.º 004/2023 - DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>37399</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Bruno Perez</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37399/audiencia_publica._assinado.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37399/audiencia_publica._assinado.pdf</t>
   </si>
   <si>
     <t>CONFORME O QUE PRECONIZA NOS TERMOS REGIMENTAIS DO ART. 110, INCISO X DESTA CASA LEGISLATIVA, VEM REQUERER AUDIÊNCIA PÚBLICA PARA TRATAR SOBRE A PESSOA COM DEFICIÊNCIA NO MERCADO DE TRABALHO.</t>
   </si>
   <si>
     <t>37803</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37803/requerimento_15.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37803/requerimento_15.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N.º 048/2023 - DE AUTORIA DO VEREADOR NILSON BISPO QUE DISPÕE SOBRE: "DECLARA UTILIDADE PÚBLICA O INSTITUTO DE DESENVOLVIMENTO HUMANO E SOCIAL - IDEHS NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>38003</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38003/projeto_de_resolucao_005.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38003/projeto_de_resolucao_005.pdf</t>
   </si>
   <si>
     <t>REQUER O REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE RESOLUÇÃO N.º 005/2023.</t>
   </si>
   <si>
     <t>38004</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Adjalma Gonçalves, Aline Rezende, Bruno Perez, Dr. Ilderson Pereira, Genilson Costa, Ítalo Otávio, Juliana Garcia, Melquisedek, Nilson Bispo, Ruan Kenobby, STen. Vélton, Vavá do Thianguá</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38004/requerimento_27_03_23.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38004/requerimento_27_03_23.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, através deste requerimento, solicito à Mesa, uma vez ouvido o douto plenário, nos termos do Art. 123, §III, inciso VII do Regimento Interno desta Casa Legislativa, que seja transformada em REGIME DE URGÊNCIA ESPECIAL OS PLL'S 040/2023 E 041/2023.</t>
   </si>
   <si>
     <t>38113</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Dr. Ilderson Pereira, Insp. Daniel Mangabeira, Ítalo Otávio, Melquisedek, Sandro Bare</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38113/requerimento_audiencia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38113/requerimento_audiencia.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER AUDIÊNCIA PÚBLICA PARA TRATAR SOBRE OS INTERESSES DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA O PLANO DE CARGOS E CARREIRAS E REMUNERAÇÃO</t>
   </si>
   <si>
     <t>38468</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Adjalma Gonçalves, Adnan Lima, Bruno Perez, Dr. Ilderson Pereira, Genilson Costa, Gildean Gari, Insp. Daniel Mangabeira, Ítalo Otávio, Júlio Medeiros, Kleber Siqueira, Leonel Oliveira, Melquisedek, Nilson Bispo, Ruan Kenobby, Sandro Bare, STen. Vélton, Thiago Fogaça, Vavá do Thianguá, Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38468/requerimento_n.o_022-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38468/requerimento_n.o_022-2023.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PL N.º 001/2023 DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>38679</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Adjalma Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38679/intinerante.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38679/intinerante.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER AUDIÊNCIA PÚBLICA INTINERANTE NO BAIRRO JOÃO DE BARRO, PARA O DIA 23 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>38702</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Adjalma Gonçalves, Adnan Lima, Aline Rezende, Bruno Perez, Dr. Ilderson Pereira, Genilson Costa, Juliana Garcia, Kleber Siqueira, Manoel Neves, Melquisedek, Ruan Kenobby, STen. Vélton, Thiago Fogaça, Vavá do Thianguá, Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38702/requerimento.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38702/requerimento.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO N° 077/2023, DE 20 DE ABRIL DE 2023 DE AUTORIA DE VÁRIOS VEREADORES QUE DISPÕE SOBRE: “ALTERA O §2º DO ART. 19, ACRESCENTA OS §3º, §4º E §5º DO ART. 19, ALTERA O ART. 45, ALTERA OS §1º E §2º DO ART. 48, ALTERA O §5º DO ART. 51 E O ANEXO I, TODOS DA LEI Nº 513 DE 10 DE ABRIL DE 2000. ”</t>
   </si>
   <si>
     <t>39433</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Manoel Neves</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39433/mocao_de_aplausos_jose_garcia_e_ruben_escalona.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39433/mocao_de_aplausos_jose_garcia_e_ruben_escalona.pdf</t>
   </si>
   <si>
     <t>Através deste, solicitamos à Mesa, uma vez ouvido o Douto Plenário nos termos regimentais do artigo 110, inciso X desta Casa Legislativa, que seja apreciada MOÇÃO DE APLAUSOS aos senhores Rubén Escalona e José García, em reconhecimento ao trabalho social desenvolvido em prol de brasileiros residentes na Venezuela.</t>
   </si>
   <si>
     <t>39434</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39434/mocao_de_apoio_pec_05_deputado_marcello_crivela.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39434/mocao_de_apoio_pec_05_deputado_marcello_crivela.pdf</t>
   </si>
   <si>
     <t>O Vereador que presente subscreve, no uso de suas atribuições regimentais, requer à Mesa Diretora, depois de ouvido o douto plenário na forma regimental, MOÇÃO DE APOIO ao Deputado Federal Marcelo Crivella pela PEC 05/2023 que prevê a isenção de impostos na construção e reformas dos templos religiosos e para obras de prestação de serviços, como a construção de creches, asilos ou comunidades terapêuticas. “Igrejas de qualquer denominação, espíritas, católicas e evangélicas, possam prestar serviço e fazer as suas atividades sem a tributação do governo”.</t>
   </si>
   <si>
     <t>39438</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39438/mocao_de_aplausos_jose_gregorio_nidio_gomes_e_danilo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39438/mocao_de_aplausos_jose_gregorio_nidio_gomes_e_danilo.pdf</t>
   </si>
   <si>
     <t>Através deste, solicitamos à Mesa, uma vez ouvido o Douto Plenário nos termos regimentais do artigo 110, inciso X desta Casa Legislativa, que seja apreciada MOÇÃO DE APLAUSOS aos senhores Jose Gregorio, Nídio Gomes e Danilo Lorisete em reconhecimento ao trabalho social desenvolvido em prol de brasileiros residentes na Venezuela.</t>
   </si>
   <si>
     <t>40359</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Ítalo Otávio</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40359/requerimento.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40359/requerimento.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO DIRIGIDO AO INSTITUTO FEDERAL DE RORAIMA - IFRR.</t>
   </si>
   <si>
     <t>40713</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40713/requerimento_035-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40713/requerimento_035-2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS DE LEI N.ºS 007 E 019/2023 - AMBOS DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>40740</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Adjalma Gonçalves, Adnan Lima, Bruno Perez, Dr. Ilderson Pereira, Júlio Medeiros, Leonel Oliveira, Nilson Bispo, Ruan Kenobby, STen. Vélton, Thiago Fogaça, Vavá do Thianguá, Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40740/novo_documento.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40740/novo_documento.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA AOS PROJETOS DE LEI N.ºS 008/2023, 011/2023, 015/2023, 021/2023 E 023/2023 - DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>41004</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41004/requerimento_037-2023_-_varios.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41004/requerimento_037-2023_-_varios.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N.º 084/2023 - DE AUTORIA DOS VEREADORES ÍTALO OTÁVIO E TUTI LOPES.</t>
   </si>
   <si>
     <t>41197</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Adjalma Gonçalves, Adnan Lima, Dr. Ilderson Pereira, Gildean Gari, Júlio Medeiros, Manoel Neves, Nilson Bispo, Ruan Kenobby, STen. Vélton, Thiago Fogaça, Vavá do Thianguá, Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41197/req_38_1.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41197/req_38_1.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 021/2023 DE 20 DE JUNHO DE 2023 - A ORGANIZAÇÃO DO QUADRO DE PESSOAL E O PLANO DE CARGOS, CARREIRAS E REMUNERAÇÃO (PCCR) DOS ANALISTAS, ESPECIALIDADES: ESPECIALISTAS EM EDUCAÇÃO E ORIENTAÇÃO EDUCACIONAL, E PROFESSORES DO PODER EXECUTIVO MUNICIPAL DE BOA VISTA; REVOGA A LEI N. º 1.145/2009; REVOGA ARTIGOS DA LEI N. º 1.611/2015; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>41246</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41246/requerimento_de_urgencia_26.07.2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41246/requerimento_de_urgencia_26.07.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 095, 21 DE JULHO DE 2023 – DE AUTORIA DO VEREADOR GENILSON COSTA E SILVA – QUE CONCEDE MEDALHA DE HONRA AO MÉRITO RIO BRANCO E TÍTULO DE CIDADÃO BOAVISTENSE, AO SENHOR GLICÉRIO MARCOS FERNANDES PEREIRA, EM RECONHECIMENTO AOS RELEVANMTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, EM ESPECIAL À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>41465</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41465/requerimento_n.o_040-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41465/requerimento_n.o_040-2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS DE LEI N.ºS 081/2023, 094/2023, 095/2023, 103/2023, 125/2023, 127/2023, 128/2023, 145/2023, 153/2023, AUTORIA DE VÁRIOS VEREADORES.</t>
   </si>
   <si>
     <t>41628</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41628/requerimento_de_hoje_03.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41628/requerimento_de_hoje_03.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS ELENCADOS NO REQUERIMENTO.</t>
   </si>
   <si>
     <t>43686</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43686/requerimento_de_urgencia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43686/requerimento_de_urgencia.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PROJETO DE LEI N°208 , 22 DE SETEMBRO DE 2023 — DE AUTORIA DO VEREADOR MANOEL NEVES — ALTERA O ART. 16-A NA LEI MUNICIPAL Nº926, DE 29 DE NOVEMBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43986</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Adnan Lima, Bruno Perez, Dr. Ilderson Pereira, Gildean Gari, Leonel Oliveira, Manoel Neves, Nilson Bispo, Ruan Kenobby, STen. Vélton, Tuti Lopes, Vavá do Thianguá, Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43986/requerimento_n.o_049-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43986/requerimento_n.o_049-2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N.º 010/2023, 02 DE FEVEREIRO DE 2023 - DE AUTORIA DO VEREADOR NILSON BISPO.</t>
   </si>
   <si>
     <t>44013</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Bruno Perez, Dr. Ilderson Pereira, Nilson Bispo, Ruan Kenobby</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44013/requerimento_n.o_050-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44013/requerimento_n.o_050-2023.pdf</t>
   </si>
   <si>
     <t>REQUER A DESTITUIÇÃO DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA, REDAÇÃO FINAL E LEGISLAÇÃO PARTICIPATIVA.</t>
   </si>
   <si>
     <t>44437</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44437/req-52-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44437/req-52-2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N.º 027/2023  - PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>44455</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Melquisedek</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44455/requerimento_002.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44455/requerimento_002.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, através deste REQUERIMENTO solicita à Mesa Diretora, uma vez ouvido o Douto Plenário nos termos regimentais do Art. 110, Inciso X desta Casa Legislativa, VEM REQUERER AUDIÊNCIA PÚBLICA EM PARA TRATAR SOBRE O ALINHAMENTO E A RETIRADA DE FIOS EM DESUSO DOS POSTES DE ENERGIA EXISTENTES NO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>44867</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44867/requerimento_de_urgencia_zelia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44867/requerimento_de_urgencia_zelia.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE: CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO SENHOR ZELIA MARIA COIMBRA.</t>
   </si>
   <si>
     <t>45254</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45254/camscanner_26-10-2023_10.08.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45254/camscanner_26-10-2023_10.08.pdf</t>
   </si>
   <si>
     <t>REQUERER A CÓPIA INTEGRAL DO PROCESSO N° 017995/2019-SEMUC, REFERENTE À CONTRATAÇÃO DE AGÊNCIA PARA SERVIÇOS DE COMUNICAÇÃO, PUBLICIDADE E PROPAGANDA PARA ATENDER A PREFEITURA MUNICIPAL DE BOA VISTA-RR.</t>
   </si>
   <si>
     <t>45381</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45381/req-58.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45381/req-58.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS DE RESOLUÇÃO N.S 010/2023 E 011/2023.</t>
   </si>
   <si>
     <t>45439</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45439/req-_059-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45439/req-_059-2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS DE RESOLUÇÃO N.ºS 006/2023 E 007/2023 - DE AUTORIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>45480</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Adnan Lima</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45480/requerimento_iate_clube_de_boa_vista.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45480/requerimento_iate_clube_de_boa_vista.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 243//2023, DE  31 DE  DE 2023 – DE AUTORIA DO VEREADOR ADNAN LIMA.</t>
   </si>
   <si>
     <t>46293</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/</t>
+    <t>http://sapl.boavista.rr.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N.º 250/2023.</t>
   </si>
   <si>
     <t>46503</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46503/requerimento-066-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46503/requerimento-066-2023.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE RESOLUÇÃO N.º 013/2023 - DE AUTORIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>48201</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/48201/requerimento_de_urgencia__especial19-12-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/48201/requerimento_de_urgencia__especial19-12-2023.pdf</t>
   </si>
   <si>
     <t>1-	PROJETO DE DECRETO DO LEGISLATIVO Nº 203/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE TÍTULO DE HONRA AO MÉRITO “RIO BRANCO” E MEDALHA DE HONRA AO MÉRITO “DR. RODRIGO CARDOSO FURLAN AO SENHOR GLEYDSON NEY SILVA DA ROCHA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 2-	PROJETO DE DECRETO DO LEGISLATIVO Nº202/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE TÍTULO DE HONRA AO MÉRITO “ RIO BRANCO” E TÍTULO DE HONRA AO MÉRITO “ PROFISSIONAL MÉDICO “ A SENHORA  ANA PAULA VITTI PAULINO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 3-	PROJETO DE DECRETO DO LEGISLATIVO Nº 204/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE TÍTULO DE HONRA AO MÉRITO “ RIO BRANCO” AO SENHOR FRANCISCO CORDEIRO DA SILVA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 4-	PROJETO DE DECRETO DO LEGISLATIVO Nº 205/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE MEDALHA DE HONRA AO MÉRITO “RIO BRANCO’ E TITULO DE CIDADÃO BOAVISTENSE” AO SENHOR JOANDSON JORGE PEREIRA MARQUES E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 5-	PROJETO DE DECRETO DO LEGISLATIVO Nº 206/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE TÍTULO DE HONRA AO MÉRITO “ RIO BRANCO” E MEDALHA DE HONRA AO MÉRITO “DR. RODRIGO CARDOSO FURLAN AO SENHOR RONILSON MOURA CAVALCANTE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 6-	PROJETO DE DECRETO DO LEGISLATIVO Nº 207/2023 DE 12 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE MEDALHA DE “HONRA AO MÉRITO “RIO BRANCO E TÍTULO DE CIDADÃO BOAVISTENSE” AO SENHOR JÁDER CABRAL COSTA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 7-	PROJETO DE DECRETO DO LEGISLATIVO Nº 209/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE MEDALHA DE HONRA AO MÉRITO “RIO BRANCO’ E TÍTULO DE CIDADÃO BOAVISTENSE” A SENHORA FERNANDA ROSA PENNA PELLIZETI E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 8-	PROJETO DE DECRETO DO LEGISLATIVO Nº 208/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE TÍTULO DE HONRA AO MÉRITO “ PROFISSIONAL MÉDICO” A SENHORA FERNANDA ROSA PENNA PELLIZETI   E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 9-	PROJETO DE DECRETO DO LEGISLATIVO Nº 210/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE TÍTULO DE HONRA AO MÉRITO “ PROFISSIONAL MÉDICO” AO SENHOR MIGUEL ORLANDO AREVALO VEGA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 10-	PROJETO DE DECRETO DO LEGISLATIVO Nº 211/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– CONCEDE “MEDALHA DE HONRA AO MÉRITO “RIO BRANCO’ E TITULO DE CIDADÃO BOAVISTENSE” AO SENHOR MIGUEL ORLANDO AREVALO VEGA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
@@ -754,212 +754,212 @@
 17-	PROJETO DE DECRETO DO LEGISLATIVO Nº 216/2023 DE 13 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– MEDALHA DE HONRA AO MÉRITO “RIO BRANCO’ E TÍTULO DE CIDADÃO “BOAVISTENSE” A SENHORA ELKA RAQUEL NEPONUCENO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 18-	PROJETO DE DECRETO DO LEGISLATIVO Nº 215/2023 DE 11 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– MEDALHA DE HONRA AO MÉRITO “DR. RODRIGO CARDOSO FURLAN AO SENHOR FRANCISCO DIEGO SOUZA DO NASCIMENTO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 19-	PROJETO DE DECRETO DO LEGISLATIVO Nº 220/2023 DE 13 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– TÍTULO DE HONRA AO MÉRITO “RIO BRANCO” E TITULO DE  “CIDADÃO BOAVISTENSE’ AO SENHOR FRANCISCO DIEGO SOUZA DO NASCIMENTO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 20-	PROJETO DE DECRETO DO LEGISLATIVO Nº 288/2023 DE 28 DE NOVEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA- DISPÕE SOBRE: DENOMINAÇÃO DA RUA MELVIN JONES PARA RUA DEPUTADO FEDERAL CHAGAS DUARTE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 21-	PROJETO DE LEI DO LEGISLATIVO Nº 308/2023 DE 15 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA- CRIA O PROGRAMA DE “HORTA COMUNITARIA URBANA” NO MUNICIPIO DE BOA VISTA E DÁ OUTRAS PROVIDENCIA._x000D_
 22-	PROJETO DE DECRETO DO LEGISLATIVO Nº 221/2023 DE 13 DE DEZEMBRO DE 2023 - DE AUTORIA DO VEREADOR ZELIO MOTA– MEDALHA DE HONRA AO MÉRITO “RIO BRANCO” E O TÍTULO DE “CIDADÃO BOAVISTENSE”   A SENHORA MARIA APARECIDA LEITE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>37830</t>
   </si>
   <si>
     <t>MGV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Arthur Henrique</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37830/mensagem_de_veto_n.o_004-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37830/mensagem_de_veto_n.o_004-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 282/2022, DE 30 DE AGOSTO DE 2022 - DE AUTORIA DO VEREADOR ADNAN LIMA, QUE DISPÕE SOBRE: "INSTITUI O PROGRAMA CRECHE DOMICILIAR NO MUNICÍPIO DE BOA VISTA.".</t>
   </si>
   <si>
     <t>37832</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37832/mensagem_de_veto_n.o_005-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37832/mensagem_de_veto_n.o_005-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 309/2022, DE 27 DE OUTUBRO DE 2022 - DE AUTORIA DO VEREADOR ADNAN LIMA, QUE DISPÕE SOBRE: "O PROJETO DO DESENVOLVIMENTO DA SAÚDE MENTAL E INTELIGÊNCIA EMOCIONAL, A SER DESENVOLVIDO EM ESCOLAS DA REDE MUNICIPAL DE ENSINO".</t>
   </si>
   <si>
     <t>37833</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37833/mensagem_de_veto_n.o_006-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37833/mensagem_de_veto_n.o_006-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 294/2022, DE 28 DE SETEMBRO DE 2022 - DE AUTORIA DO VEREADOR ADNAN LIMA, QUE DISPÕE SOBRE: "CRIA O PROGRAMA DE ASSISTÊNCIA INTEGRAL À SAÚDE DA MULHER. ESTABELECE DIRETRIZES PARA A IMPLEMENTAÇÃO DAS AÇÕES E SERVIÇOS DE ATENDIMENTO DE SUAS ESPECIFICIDADES E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>37831</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37831/mensagem_de_veto_n.o_007-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37831/mensagem_de_veto_n.o_007-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 324/2022, DE 18 DE NOVEMBRO DE 2022 - DE AUTORIA DO VEREADOR KLEBER SIQUEIRA, QUE DISPÕE SOBRE: "INSTITUI O SELO EMPRESA AMIGA DO MEIO AMBIENTE, A SER CONCEDIDO A PESSOAS JURÍDICAS, TAIS COMO EMPRESAS, ENTIDADES, INSTITUIÇÕES E ÓRGÃOS, PRIVADOS OU PÚBLICOS, QUE RECONHECIDAMENTE REALIZEM AÇÕES CONTINUADAS EM PROL DA PROTEÇÃO, DA DEFESA E DO MEIO AMBIENTE, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>37933</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda à Matéria Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37933/emenda_modificativa_ao_projeto_de_lei_do_executivo_22_03_2023_assinada.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37933/emenda_modificativa_ao_projeto_de_lei_do_executivo_22_03_2023_assinada.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI DO PODER EXECUTIVO Nº 005 DE 17 DE FEVEREIRO DE 2023._x000D_
 DÁ NOVA REDAÇÃO A EMENTA DO PROJETO DE LEI Nº 005 DE 17 DE FEVEREIRO DE 2023, PASSANDO A MESMA A TER SEGUINTE REDAÇÃO:_x000D_
 “RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE O MUNICÍPIO DE BOA VISTA E O MUNICÍPIO DE MUCAJAÍ PARA A CONSTITUIÇÃO DO CONSÓRCIO INTERMUNICIPAL DE GESTÃO DE RESÍDUOS SÓLIDOS E DÁ OUTRAS PROVIDÊNCIAS.” (NR)</t>
   </si>
   <si>
     <t>39262</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39262/emenda_modificada_01.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39262/emenda_modificada_01.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO CAPUT DO ART. 5º DP PROJETO DE LEI COMPLEMENTAR Nº 001 DO PODER EXECUTIVO DE 31 DE MARÇO DE 2023.</t>
   </si>
   <si>
     <t>39263</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39263/emenda_art_64_folha_1.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39263/emenda_art_64_folha_1.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO II DO ART.96 DO PROJETO DE LEI COMPLEMENTAR N º 001 DO PODER EXECUTIVO DE 31 DE MARÇO.</t>
   </si>
   <si>
     <t>39638</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Nilson Bispo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39638/emenda_aditiva_ao_pl_086.23_-_hortas_medicinais.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39638/emenda_aditiva_ao_pl_086.23_-_hortas_medicinais.pdf</t>
   </si>
   <si>
     <t>Nos termos do Art. 119, § 1°, inciso III do Regimento Interno desta Casa Legislativa, ouvindo o Douto Plenário, através dos Vereadores que este subscreve apresenta a Vossa Excelência a proposta de EMENDA ADITIVA ao Projeto de lei n° 086 de 03 de maio de 2023, que dispõe sobre “A CRIAÇÃO DO PROJETO DE INCENTIVO A IMPLANTAÇÃO DE HORTAS COMUNITÁRIAS MEDICINAIS NAS ESCOLAS DENOMINADO COMO "FARMÁCIAS VIVAS" DESTINADOS A PLANTAÇÃO DE MUDAS E CULTIVOS DE PLANTAS MEDICINAIS NA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE BOA VISTA”:</t>
   </si>
   <si>
     <t>39639</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39639/emenda_06.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39639/emenda_06.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR Nº 001, DE 31 DE MARÇO DE 2023, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, QUE “ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 003 DE 02 DE JANEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>39640</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39640/emenda_05.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39640/emenda_05.pdf</t>
   </si>
   <si>
     <t>39641</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39641/emenda_04.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39641/emenda_04.pdf</t>
   </si>
   <si>
     <t>39642</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39642/emenda_03.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39642/emenda_03.pdf</t>
   </si>
   <si>
     <t>39643</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39643/emenda_08.1.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39643/emenda_08.1.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA AO PROJETO DE LEI COMPLEMENTAR Nº 001, DE 31 DE MARÇO DE 2023, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, QUE “ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 003 DE 02 DE JANEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>39644</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39644/emenda_07.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39644/emenda_07.pdf</t>
   </si>
   <si>
     <t>39645</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39645/emenda_09.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39645/emenda_09.pdf</t>
   </si>
   <si>
     <t>39646</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39646/emenda_02.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39646/emenda_02.pdf</t>
   </si>
   <si>
     <t>40742</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40742/emenda_58-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40742/emenda_58-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI N.º 021/2023 - DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>36959</t>
   </si>
   <si>
     <t>AMD</t>
   </si>
   <si>
     <t>Ato da Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36959/ata_da_mesa_diretora_07-02.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36959/ata_da_mesa_diretora_07-02.pdf</t>
   </si>
   <si>
     <t>O INGRESSO E VESTUÁRIO NAS DEPENDÊNCIAS DO PALÁCIO JOÃO EVANGELISTA PEREIRA DE MELO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1266,68 +1266,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37143/ato_da_presidencia_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37140/ato_da_presidencia_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37530/ato_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37688/ato_da_mesa_005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36956/projeto_de_lei_182.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36957/projeto_resolucao_246.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36958/projeto_resolucao161.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38001/projeto_de_resolucao_28.03.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43040/projeto_de_resolucao1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43041/projeto_de_resolucao_ii.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46381/pr-012-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46499/pr-013-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36960/requerimento_07.02.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37015/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37036/brasil_-_do_caburai_ao_chui_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37113/requerimento_006-2023_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37294/requerimento_n.o_009-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37399/audiencia_publica._assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37803/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38003/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38004/requerimento_27_03_23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38113/requerimento_audiencia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38468/requerimento_n.o_022-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38679/intinerante.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38702/requerimento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39433/mocao_de_aplausos_jose_garcia_e_ruben_escalona.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39434/mocao_de_apoio_pec_05_deputado_marcello_crivela.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39438/mocao_de_aplausos_jose_gregorio_nidio_gomes_e_danilo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40359/requerimento.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40713/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40740/novo_documento.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41004/requerimento_037-2023_-_varios.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41197/req_38_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41246/requerimento_de_urgencia_26.07.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41465/requerimento_n.o_040-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41628/requerimento_de_hoje_03.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43686/requerimento_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43986/requerimento_n.o_049-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44013/requerimento_n.o_050-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44437/req-52-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44455/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44867/requerimento_de_urgencia_zelia.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45254/camscanner_26-10-2023_10.08.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45381/req-58.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45439/req-_059-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45480/requerimento_iate_clube_de_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46503/requerimento-066-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/48201/requerimento_de_urgencia__especial19-12-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37830/mensagem_de_veto_n.o_004-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37832/mensagem_de_veto_n.o_005-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37833/mensagem_de_veto_n.o_006-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37831/mensagem_de_veto_n.o_007-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37933/emenda_modificativa_ao_projeto_de_lei_do_executivo_22_03_2023_assinada.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39262/emenda_modificada_01.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39263/emenda_art_64_folha_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39638/emenda_aditiva_ao_pl_086.23_-_hortas_medicinais.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39639/emenda_06.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39640/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39641/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39642/emenda_03.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39643/emenda_08.1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39644/emenda_07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39645/emenda_09.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39646/emenda_02.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40742/emenda_58-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36959/ata_da_mesa_diretora_07-02.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37143/ato_da_presidencia_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37140/ato_da_presidencia_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37530/ato_da_presidencia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37688/ato_da_mesa_005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36956/projeto_de_lei_182.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36957/projeto_resolucao_246.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36958/projeto_resolucao161.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38001/projeto_de_resolucao_28.03.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43040/projeto_de_resolucao1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43041/projeto_de_resolucao_ii.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46381/pr-012-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46499/pr-013-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36960/requerimento_07.02.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37015/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37036/brasil_-_do_caburai_ao_chui_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37113/requerimento_006-2023_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37294/requerimento_n.o_009-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37399/audiencia_publica._assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37803/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38003/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38004/requerimento_27_03_23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38113/requerimento_audiencia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38468/requerimento_n.o_022-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38679/intinerante.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38702/requerimento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39433/mocao_de_aplausos_jose_garcia_e_ruben_escalona.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39434/mocao_de_apoio_pec_05_deputado_marcello_crivela.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39438/mocao_de_aplausos_jose_gregorio_nidio_gomes_e_danilo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40359/requerimento.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40713/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40740/novo_documento.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41004/requerimento_037-2023_-_varios.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41197/req_38_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41246/requerimento_de_urgencia_26.07.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41465/requerimento_n.o_040-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41628/requerimento_de_hoje_03.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43686/requerimento_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/43986/requerimento_n.o_049-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44013/requerimento_n.o_050-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44437/req-52-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44455/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44867/requerimento_de_urgencia_zelia.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45254/camscanner_26-10-2023_10.08.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45381/req-58.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45439/req-_059-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45480/requerimento_iate_clube_de_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46503/requerimento-066-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/48201/requerimento_de_urgencia__especial19-12-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37830/mensagem_de_veto_n.o_004-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37832/mensagem_de_veto_n.o_005-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37833/mensagem_de_veto_n.o_006-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37831/mensagem_de_veto_n.o_007-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37933/emenda_modificativa_ao_projeto_de_lei_do_executivo_22_03_2023_assinada.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39262/emenda_modificada_01.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39263/emenda_art_64_folha_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39638/emenda_aditiva_ao_pl_086.23_-_hortas_medicinais.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39639/emenda_06.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39640/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39641/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39642/emenda_03.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39643/emenda_08.1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39644/emenda_07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39645/emenda_09.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39646/emenda_02.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/40742/emenda_58-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/36959/ata_da_mesa_diretora_07-02.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>