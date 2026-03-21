--- v0 (2025-10-19)
+++ v1 (2026-03-21)
@@ -54,567 +54,567 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37094</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MGV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Arthur Henrique</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37094/mensagem_de_veto_001-2023_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37094/mensagem_de_veto_001-2023_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 302/2022, DE 13 DE OUTUBRO DE 2022 – DE AUTORIA DO VEREADOR GILDEAN GARI, QUE DISPÕE SOBRE: “INSTITUI, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA O "ENSINO DE JIU JITSU NAS UNIDADES DE ENSINO COMO ATIVIDADE EXTRACURRICULAR" E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>37093</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37093/mensagem_de_veto_002-2023_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37093/mensagem_de_veto_002-2023_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 303/2022, DE 13 DE OUTUBRO DE 2022 – DE AUTORIA DO VEREADOR DR. ILDERSON PEREIRA, QUE DISPÕE SOBRE: “INSTITUI, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA O RECONHECIMENTO EM CARÁTER EDUCACIONAL E FORMATIVO DO PROFESSOR OU INSTRUTOR DE JIU-JITSU NO QUADRO DE DOCENTES DAS UNIDADES DE ENSINO MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>38448</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38448/mensagem_de_veto_n.o_010-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38448/mensagem_de_veto_n.o_010-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 312/2022, DE 25 DE OUTUBRO DE 2022 - DE AUTORIA DO VEREADOR BRUNO PEREZ, QUE DISPÕE SOBRE: "ALTERA TERMOS DA LEI ORDINÁRIA Nº 2.191-2021.".</t>
   </si>
   <si>
     <t>38456</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38456/mensagem_de_veto_n.o_011-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38456/mensagem_de_veto_n.o_011-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 323/2022, DE 18 DE NOVEMBRO DE 2022 - DE AUTORIA DO VEREADOR KLEBER SIQUEIRA, QUE DISPÕE SOBRE: "INSTITUI O SELO EMPRESA INCENTIVADORA DA EDUCAÇÃO DE FUNCIONÁRIOS NO ÂMBITO  DO  MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>38458</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38458/mensagem_de_veto_n.o_012-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38458/mensagem_de_veto_n.o_012-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 311/2022, DE 03 DE NOVEMBRO DE 2022 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "DISPÕE SOBRE O DIREITO DA CRIANÇA COM TRANSTORNO DO ESPECTRO AUTISTA - TEA PODER LEVAR SEU PRÓPRIO LANCHE PARA A ESCOLA PÚBLICA OU PRIVADA NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>38460</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38460/mensagem_de_veto_n.o_013-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38460/mensagem_de_veto_n.o_013-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 041/2023, DE 07 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR ILDERSON PEREIRA , QUE DISPÕE SOBRE:  “MEDIDA PROTETIVA À MULHER SERVIDORA PÚBLICA MUNICIPAL EM SITUAÇÃO DE VIOLÊNCIA DOMÉSTICA, PARA QUE SEJA FEITA A REMOÇÃO E/OU AFASTAMENTO REMUNERADO PARA TRATAMENTO PSICOSSOCIAL OU DE SAÚDE” E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>38461</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38461/mensagem_de_veto_n.o_014-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38461/mensagem_de_veto_n.o_014-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 040/2023, DE 07 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR ILDERON PEREIRA, QUE DISPÕE SOBRE: "CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO AO EMPREENDEDORISMO FEMININO PARA INSERÇÃO DE MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA NO MERCADO DE TRABALHO” E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>38975</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38975/mensagem_de_veto_n.o_017-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38975/mensagem_de_veto_n.o_017-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 034/2023, DE 10 DE ABRIL DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "AUTORIZA A INSTITUIR O PROGRAMA PRIMEIROS PASSOS NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>38986</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38986/mensagem_de_veto_no_018_-_03-05-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38986/mensagem_de_veto_no_018_-_03-05-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI Nº 328/2022, DE 10 DE ABRIL DE 2022, DE AUTORIA DO VEREADOR GILDEAN GARI, QUE DISPÕE SOBRE: INSTITUI A POLÍTICA MUNICIPAL DE LINGUAGEM SIMPLES NA DIVULGAÇÃO DE INFORMAÇÕES DO PORTAL DA TRANSPARÊNCIA DA PREFEITURA MUNICIPAL DE BOA VISTA/RR.</t>
   </si>
   <si>
     <t>38988</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38988/mensagem_de_veto_no_019_-_04-05-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38988/mensagem_de_veto_no_019_-_04-05-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI Nº 339/2022, DE 12 DE DEZEMBRO DE 2022, DE AUTORIA DO VEREADOR KLEBER SIQUEIRA, QUE DISPÕE SOBRE: A INSTALAÇÃO EM PRAÇAS E PARQUES PÚBLICOS DE BRINQUEDOS ADAPTADOS E EQUIPAMENTOS ESPECIALMENTE DESENVOLVIDOS PARA LAZER E RECREAÇÃO DE CRIANÇAS PORTADORAS DE MOBILIDADE REDUZIDA E NECESSIDADES ESPECIAIS, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39410</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39410/mensagem_de_veto_n.o_020-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39410/mensagem_de_veto_n.o_020-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 060/2023, DE 07 DE MARÇO DE 2023 - DE AUTORIA DA VEREADORA ALINE REZENDE: "INSTITUI O SELO "EMPRESA AMIGA DA MULHER", AS EMPRESAS QUE CUMPRIREM METAS DE VALORIZAR, A PLENA VIVÊNCIA DA MULHER NO AMBIENTE DE TRABALHO, E DAS OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>39411</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39411/mensagem_de_veto_n.o_021-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39411/mensagem_de_veto_n.o_021-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 051/2023, DE 24 DE MARÇO DE 2023 - DE AUTORIA DA VEREADORA ALINE REZENDE, QUE DISPÕE SOBRE: "A CRIAÇÃO DE PROGRAMA “EMPRESA AMIGA DA SAÚDE DA MULHER”, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA.".</t>
   </si>
   <si>
     <t>41585</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41585/mensagem_de_veto_n.o_029-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41585/mensagem_de_veto_n.o_029-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 030/2023, 27 DE FEVEREIRO DE 2023 - DE AUTORIA DO VEREADOR ADNA LIMA, QUE DISPÕE SOBRE: "IMPLANTAÇÃO CAPACITAÇÃO DOS PROFISSIONAIS PARA IDENTIFICAR ABUSO INFANTIL NAS ESCOLAS, PÚBLICAS OU PRIVADAS, E DA OUTRAS PROVIDÊNCIAS NO ÂMBITO DO MUNICÍPIO DE BOA VISTA -RORAIMA".</t>
   </si>
   <si>
     <t>41588</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41588/mensagem_de_veto_n.o_031-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41588/mensagem_de_veto_n.o_031-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 104/2023, DE 25 DE MAIO DE 2023 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "A CRIAÇÃO DO PROGRAMA LITERATURA NAS ESCOLAS NA REDE DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>42305</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42305/mensagem_de_veto_no_032.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42305/mensagem_de_veto_no_032.pdf</t>
   </si>
   <si>
     <t>VETA PARCIALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 008, DE 28 DE JUNHO DE 2023, DE INICIATIVA DO PODER EXECUTIVO, QUE TRATA SOBRE “A ORGANIZAÇÃO DO QUADRO DE PESSOAL E O PLANO DE CARGOS, CARREIRAS E REMUNERAÇÃO (PCCR) DOS EMPREGADOS DA EMPRESA DE DESENVOLVIMENTO URBANO E HABITACIONAL - EMHUR; REVOGA DISPOSITIVOS DA LEI N. 1.351, DE 4 DE JULHO DE 2011, E DA LEI N. 1.611, DE 02 DE FEVEREIRO DE 2015; E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>41940</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41940/veto_total_n.o_035_ao_pl_125-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41940/veto_total_n.o_035_ao_pl_125-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 125/2023, DE 10 DE JULHO DE 2023 - DE AUTORIA DO VEREADOR MELQUISEDEK MENEZES, QUE DISPÕE SOBRE: "O ALINHAMENTO E A RETIRADA DE FIOS EM DESUSO DOS POSTES DE ENERGIA EXISTENTES NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>41945</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41945/mensagem_de_veto_n.o_037-2023_-11-08-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41945/mensagem_de_veto_n.o_037-2023_-11-08-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 145/2023, DE 25 DE JULHO DE 2023 - DE AUTORIA DO VEREADOR INSPETOR DANIEL MANGABEIRA - QUE DISPÕE SOBRE: "INSTITUI A CAMPANHA PERMANENTE DE ENFRENTAMENTO AO ASSÉDIO E À VIOLAÇÃO SEXUAL NO MUNICÍPIO DE BOA VISTA/RR.".</t>
   </si>
   <si>
     <t>41944</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41944/mensagem_de_veto_n.o_038-2023_-15-08-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41944/mensagem_de_veto_n.o_038-2023_-15-08-2023.pdf</t>
   </si>
   <si>
     <t>VETA PARCIALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, OS ARTIGOS 3º, 4º  E 5º DO PROJETO DE LEI N.º 153/2023, DE 26 DE JULHO DE 2023 - DE AUTORIA DA VEREADORA ALINE REZENDE, QUE DISPÕE SOBRE: "A GARANTIA DO DIREITO ÀS MULHERES A TER ACOMPANHANTE, PESSOA DE SUA LIVRE ESCOLHA, QUANDO NA REALIZAÇÃO DE EXAMES E/OU PROCEDIMENTOS QUE UTILIZAREM SEDAÇÃO OU ANESTESIA NOS ESTABELECECIMENTOS PÚBLICOS E PRIVADOS NO MUNICÍPIO DE BOA VISTA.".</t>
   </si>
   <si>
     <t>42680</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42680/mensagem_de_veto_n.o_040-2023_-28-08-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42680/mensagem_de_veto_n.o_040-2023_-28-08-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 038/2023, DE 06 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "CRIA A PREMIAÇÃO “PROFESSOR INOVADOR “ PARA PROFESSORES DO ENSINO INFANTIL E FUNDAMENTAL NA REDE DE ENSINO DO MUNICIPIO DE BOA VISTA, E DA OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>42758</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42758/mensagem_de_veto_n.o_042-2023_-29-08-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42758/mensagem_de_veto_n.o_042-2023_-29-08-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 053/2023, DE 24 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR THIAGO FOGAÇA, QUE DISPÕE SOBRE: "A OBRIGATORIEDADE DA DISPONIBILIZAÇÃO EM SHOPPING CENTERS E ESTABELECIMENTOS SIMILARES DE ABSORVENTES HIGIÊNICOS, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>42755</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42755/mensagem_de_veto_n.o_043-2023_-25-08-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42755/mensagem_de_veto_n.o_043-2023_-25-08-2023.pdf</t>
   </si>
   <si>
     <t>VETA PARCIALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O ARTIGO 4º DO PROJETO DE LEI N.º 056/2023, DE 24 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR ADNAN LIMA, QUE DISPÕE SOBRE: "A OBRIGATORIEDADE DOS RESPONSÁVEIS POR ESTABELECIMENTOS DE ATENDIMENTO VETERINÁRIO, QUE CONSTATEM INDÍCIOS DE MAUS TRATOS AOS ANIMAIS ATENDIDOS, EM COMUNICAR O FATO DE IMEDIATO À POLÍCIA.".</t>
   </si>
   <si>
     <t>44721</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44721/mensagem_de_veto_n.o_059-2023_-_10-10-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44721/mensagem_de_veto_n.o_059-2023_-_10-10-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 208/2023, DE 26 DE SETEMBRO DE 2023, DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "ALTERA O ART. 16-A NA LEI MUNICIPAL Nº926, DE 29 DE NOVEMBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>44727</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44727/mensagem_de_veto_n.o_060-2023_-_11-10-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44727/mensagem_de_veto_n.o_060-2023_-_11-10-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE O PROJETO DE LEI N.º 111/2023, DE 04 DE JULHO DE 2023, DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "A ALTERAÇÃO DE NOME DA AVENIDA DAS GALÁXIAS, NO BAIRRO CIDADE SATÉLITE, PARA RUA ANA MARIA FERREIRA DANTAS".</t>
   </si>
   <si>
     <t>44735</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44735/mensagem_de_veto_n.o_061-2023_-_11-10-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44735/mensagem_de_veto_n.o_061-2023_-_11-10-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 154/2023, DE 27 DE JULHO DE 2023, DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "CRIA O EIXO COMERCIAL DE INTERESSE GASTRONÔMICO, CULTURAL E TURÍSTICO DA PRAÇA DO CENTRO CIVÍCO NA AVENIDA VILLE ROY E TODO O PROLONGAMENTO DESTA AVENIDA ATÉ APÓS O SHOPPING GARDEN.".</t>
   </si>
   <si>
     <t>44746</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44746/mensagem_de_veto_n.o_062-2023_-_11-10-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44746/mensagem_de_veto_n.o_062-2023_-_11-10-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 120/2023, DE 03 DE JULHO DE 2023, DE AUTORIA DO VEREADOR ADJALMA GONÇALVES, QUE DISPÕE SOBRE: "INSTITUI O PROTOCOLO DE ACOMPANHAMENTO E INVESTIGAÇÃO DAS CRIANÇAS E ADOLESCENTES QUE APRESENTAM ATITUDES CARACTERÍSTICAS DE VIVÊNCIA DE VIOLÊNCIA DOMESTICA NA REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>45493</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45493/mensagem_de_veto_n.o_063-2023_-_pl_117-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45493/mensagem_de_veto_n.o_063-2023_-_pl_117-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 117/2023, DE 22 DE JUNHO DE 2023 - DE AUTORIA DO VEREADOR GILDEAN GARI, QUE DISPÕE SOBRE: "INSTITUI A POLÍTICA DE PREVENÇÃO CONTRA O ASSÉDIO NO ESPORTE, NO ÂMBITO MUNICIPAL BOA VISTA".</t>
   </si>
   <si>
     <t>45529</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45529/mensagem_de_veto_n.o_064-2023_-_pl_007-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45529/mensagem_de_veto_n.o_064-2023_-_pl_007-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 007/2023, DE 24 DE JANEIRO DE 2023 - DE AUTORIA DO VEREADOR THIAGO FOGAÇA, QUE DISPÕE SOBRE: "INSTITUI A POLÍTICA MUNICIPAL DE CONTROLE DA LEISHMANIOSE NO ÂMBITO DO MUNICÍPIO DE BOA VISTA".</t>
   </si>
   <si>
     <t>45526</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45526/mensagem_de_veto_n.o_065-2023_-_pl_033-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45526/mensagem_de_veto_n.o_065-2023_-_pl_033-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 033/2023, DE 27 DE FEVEREIRO DE 2023 - DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "A ISENÇÃO DA TAXA DE INSCRIÇÃO EM CONCURSO PÚBLICO E PROCESSO SELETIVO NO ÂMBITO DO MUNICÍPIO DE BOA VISTA PARA AS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR".</t>
   </si>
   <si>
     <t>45496</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45496/mensagem_de_veto_n.o_066-2023_-_pl_070-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45496/mensagem_de_veto_n.o_066-2023_-_pl_070-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 070/2023, DE 11 DE ABRIL DE 2023 - DE AUTORIA DO VEREADOR SANDRO BARÉ, QUE DISPÕE SOBRE: "TORNA OBRIGATÓRIA A IMPLANTAÇÃO DE VIGILÂNCIA ARMADA, MONITORAMENTO ELETRÔNICO E DETECTORES DE METAIS NAS INSTITUIÇÕES DE ENSINO PÚBLICAS E PRIVADAS DO MUNICÍPIO DE BOA VISTA/RR".</t>
   </si>
   <si>
     <t>45537</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45537/mensagem_de_veto_n.o_067-2023_-_pl_101-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45537/mensagem_de_veto_n.o_067-2023_-_pl_101-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 101/2023, DE 25 DE MAIO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "INSTITUI O CONCURSO “A VIDA SEM DROGA DÁ UM SHOW".".</t>
   </si>
   <si>
     <t>45536</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45536/mensagem_de_veto_n.o_068-2023_-_pl_008-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45536/mensagem_de_veto_n.o_068-2023_-_pl_008-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 008/2023, DE 27 DE JANEIRO DE 2023 - DE AUTORIA DO VEREADOR ADNAN LIMA, QUE DISPÕE SOBRE: "A IMPLANTAÇÃO DE AÇÕES PREVENTIVAS A DEPRESSÃO EM ADOLESCENTES NAS ESCOLAS, PÚBLICAS OU PRIVADAS, E DÁ OUTRAS PROVIDÊNCIAS NO ÂMBITO DO MUNICÍPIO DE BOA VISTA - RORAIMA".</t>
   </si>
   <si>
     <t>45525</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45525/mensagem_de_veto_n.o_069-2023_-_pl_065-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45525/mensagem_de_veto_n.o_069-2023_-_pl_065-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 065/2023, DE 31 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "CRIA A SEMANA DE CONSCIENTIZAÇÃO SOBRE A SAÚDE OCULAR, AUDITIVA E FALA NA REDE MUNICIPAL DE ENSINO, NO MUNICÍPIO DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>45550</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45550/mensagem_de_veto_n.o_070-2023_-_pl_014-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45550/mensagem_de_veto_n.o_070-2023_-_pl_014-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 014/2023, DE 02 DE FEVEREIRO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "OBRIGA A APLICAÇÃO DO QUESTIONÁRIO M-CHAT PARA A REALIZAÇÃO DO RASTREAMENTO DE SINAIS PRECOCES DO AUTISMO DURANTE ATENDIMENTO EM UNIDADES DE SAÚDE PÚBLICA E PRIVADA NO ÂMBITO MUNICIPAL.".</t>
   </si>
   <si>
     <t>45549</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45549/mensagem_de_veto_n.o_071-2023_-_pl_036-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45549/mensagem_de_veto_n.o_071-2023_-_pl_036-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 036/2023, DE 06 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "A REALIZAÇÃO DO TESTE GRATUITO DE GLICEMIA CAPILAR EM CRIANÇAS NAS ESCOLAS DA REDE PÚBLICA, PRIVADA E NAS UNIDADES MUNICIPAIS DE SAÚDE, EXISTENTES NO MUNICÍPIO, E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>45548</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45548/mensagem_de_veto_n.o_072-2023_-_pl_015-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45548/mensagem_de_veto_n.o_072-2023_-_pl_015-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 015/2023, DE 02 DE FEVEREIRO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "A CRIAÇÃO DO PROGRAMA DE FISIOTERAPIA PARA IDOSOS NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>45543</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45543/mensagem_de_veto_n.o_073-2023_-_pl_133-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45543/mensagem_de_veto_n.o_073-2023_-_pl_133-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 133/2023, DE 17 DE JULHO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "CRIA O PROGRAMA DE IMPLEMENTAÇÃO DE MEDIDAS DE SEGURANÇA E PROTEÇÃO AOS VIGILANTES ARMADOS E DESARMADOS.".</t>
   </si>
   <si>
     <t>45541</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45541/mensagem_de_veto_n.o_074-2023_-_pl_113-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45541/mensagem_de_veto_n.o_074-2023_-_pl_113-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 113/2023, DE 19 DE JUNHO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "INSTITUI A PARAOLIMPÍADA MUNICIPAL NO MUNICÍPIO DE BOA VISTA-RR.".</t>
   </si>
   <si>
     <t>45540</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45540/mensagem_de_veto_n.o_075-2023_-_pl_132-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45540/mensagem_de_veto_n.o_075-2023_-_pl_132-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 132/2023, DE 17 DE JULHO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "ESTABELECE A CRIAÇÃO DO PROGRAMA DE INCENTIVO À CAPACITAÇÃO E EDUCAÇÃO CONTINUADA PARA VIGILANTES ARMADOS E DESARMADOS”.".</t>
   </si>
   <si>
     <t>45539</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45539/mensagem_de_veto_n.o_076-2023_-_pl_103-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45539/mensagem_de_veto_n.o_076-2023_-_pl_103-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 103/2023, DE 25 DE MAIO DE 2023 - DE AUTORIA DOS VEREADORES GENILSON COSTA E ÍTALO OTÁVIO , QUE DISPÕE SOBRE: "AUTORIZA O PODER PÚBLICO IMPLANTAR O "PROGRAMA MÉDICO NAS ESCOLAS" NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>45538</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45538/mensagem_de_veto_n.o_077-2023_-_pl_160-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45538/mensagem_de_veto_n.o_077-2023_-_pl_160-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 160/2023, DE 20 DE AGOSTO DE 2023 - DE AUTORIA DO VEREADOR ZÉLIO MOTA, QUE DISPÕE SOBRE: "DENOMINAÇÃO DA RUA MELVIN JONES PARA RUA DEPUTADO CHAGAS DUARTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>46183</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46183/mensagem_de_veto_n.o_078-2023_-_pl_106-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46183/mensagem_de_veto_n.o_078-2023_-_pl_106-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 106/2023, DE 30 DE MAIO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "CRIA O ÍNDICE DE SEGURANÇA DAS ESCOLAS MUNICIPAIS DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>46184</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46184/mensagem_de_veto_n.o_079-2023_-_pl_121-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46184/mensagem_de_veto_n.o_079-2023_-_pl_121-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE, O PROJETO DE LEI N.º 121/2023, DE 04 DE JULHO DE 2023 - DE AUTORIA DO VEREADOR DR. ILDERSON PEREIRA, QUE DISPÕE SOBRE: “FAIXA LIBERADA EM AVENIDAS DO MUNICÍPIO DE BOA VISTA AOS DOMINGOS".</t>
   </si>
   <si>
     <t>46185</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46185/mensagem_de_veto_n.o_080-2023_-_pl_122-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46185/mensagem_de_veto_n.o_080-2023_-_pl_122-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 122/2023, DE 10 DE JULHO DE 2023 - DE AUTORIA DO VEREADOR ADJALMA GONÇALVES, QUE DISPÕE SOBRE: "INSTITUI A "CAMPANHA DE CONSCIENTIZAÇÃO E PREVENÇÃO A “NOMOFOBIA" EM BOA VISTA.".</t>
   </si>
   <si>
     <t>46186</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46186/mensagem_de_veto_n.o_081-2023_-_pl_144-2023.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46186/mensagem_de_veto_n.o_081-2023_-_pl_144-2023.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 144/2023, DE 17 DE JULHO DE 2023 - DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: "INSTITUI O PROGRAMA MUNICIPAL DE INCLUSÃO PRODUTIVA PARA PESSOAS EM SITUAÇÃO DE RUA NO MUNICÍPIO DE BOA VISTA".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -921,68 +921,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37094/mensagem_de_veto_001-2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37093/mensagem_de_veto_002-2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38448/mensagem_de_veto_n.o_010-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38456/mensagem_de_veto_n.o_011-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38458/mensagem_de_veto_n.o_012-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38460/mensagem_de_veto_n.o_013-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38461/mensagem_de_veto_n.o_014-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38975/mensagem_de_veto_n.o_017-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38986/mensagem_de_veto_no_018_-_03-05-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38988/mensagem_de_veto_no_019_-_04-05-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39410/mensagem_de_veto_n.o_020-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39411/mensagem_de_veto_n.o_021-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41585/mensagem_de_veto_n.o_029-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41588/mensagem_de_veto_n.o_031-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42305/mensagem_de_veto_no_032.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41940/veto_total_n.o_035_ao_pl_125-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41945/mensagem_de_veto_n.o_037-2023_-11-08-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41944/mensagem_de_veto_n.o_038-2023_-15-08-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42680/mensagem_de_veto_n.o_040-2023_-28-08-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42758/mensagem_de_veto_n.o_042-2023_-29-08-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42755/mensagem_de_veto_n.o_043-2023_-25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44721/mensagem_de_veto_n.o_059-2023_-_10-10-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44727/mensagem_de_veto_n.o_060-2023_-_11-10-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44735/mensagem_de_veto_n.o_061-2023_-_11-10-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44746/mensagem_de_veto_n.o_062-2023_-_11-10-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45493/mensagem_de_veto_n.o_063-2023_-_pl_117-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45529/mensagem_de_veto_n.o_064-2023_-_pl_007-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45526/mensagem_de_veto_n.o_065-2023_-_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45496/mensagem_de_veto_n.o_066-2023_-_pl_070-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45537/mensagem_de_veto_n.o_067-2023_-_pl_101-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45536/mensagem_de_veto_n.o_068-2023_-_pl_008-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45525/mensagem_de_veto_n.o_069-2023_-_pl_065-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45550/mensagem_de_veto_n.o_070-2023_-_pl_014-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45549/mensagem_de_veto_n.o_071-2023_-_pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45548/mensagem_de_veto_n.o_072-2023_-_pl_015-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45543/mensagem_de_veto_n.o_073-2023_-_pl_133-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45541/mensagem_de_veto_n.o_074-2023_-_pl_113-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45540/mensagem_de_veto_n.o_075-2023_-_pl_132-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45539/mensagem_de_veto_n.o_076-2023_-_pl_103-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45538/mensagem_de_veto_n.o_077-2023_-_pl_160-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46183/mensagem_de_veto_n.o_078-2023_-_pl_106-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46184/mensagem_de_veto_n.o_079-2023_-_pl_121-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46185/mensagem_de_veto_n.o_080-2023_-_pl_122-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46186/mensagem_de_veto_n.o_081-2023_-_pl_144-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37094/mensagem_de_veto_001-2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/37093/mensagem_de_veto_002-2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38448/mensagem_de_veto_n.o_010-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38456/mensagem_de_veto_n.o_011-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38458/mensagem_de_veto_n.o_012-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38460/mensagem_de_veto_n.o_013-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38461/mensagem_de_veto_n.o_014-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38975/mensagem_de_veto_n.o_017-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38986/mensagem_de_veto_no_018_-_03-05-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/38988/mensagem_de_veto_no_019_-_04-05-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39410/mensagem_de_veto_n.o_020-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/39411/mensagem_de_veto_n.o_021-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41585/mensagem_de_veto_n.o_029-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41588/mensagem_de_veto_n.o_031-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42305/mensagem_de_veto_no_032.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41940/veto_total_n.o_035_ao_pl_125-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41945/mensagem_de_veto_n.o_037-2023_-11-08-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/41944/mensagem_de_veto_n.o_038-2023_-15-08-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42680/mensagem_de_veto_n.o_040-2023_-28-08-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42758/mensagem_de_veto_n.o_042-2023_-29-08-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/42755/mensagem_de_veto_n.o_043-2023_-25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44721/mensagem_de_veto_n.o_059-2023_-_10-10-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44727/mensagem_de_veto_n.o_060-2023_-_11-10-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44735/mensagem_de_veto_n.o_061-2023_-_11-10-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/44746/mensagem_de_veto_n.o_062-2023_-_11-10-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45493/mensagem_de_veto_n.o_063-2023_-_pl_117-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45529/mensagem_de_veto_n.o_064-2023_-_pl_007-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45526/mensagem_de_veto_n.o_065-2023_-_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45496/mensagem_de_veto_n.o_066-2023_-_pl_070-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45537/mensagem_de_veto_n.o_067-2023_-_pl_101-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45536/mensagem_de_veto_n.o_068-2023_-_pl_008-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45525/mensagem_de_veto_n.o_069-2023_-_pl_065-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45550/mensagem_de_veto_n.o_070-2023_-_pl_014-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45549/mensagem_de_veto_n.o_071-2023_-_pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45548/mensagem_de_veto_n.o_072-2023_-_pl_015-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45543/mensagem_de_veto_n.o_073-2023_-_pl_133-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45541/mensagem_de_veto_n.o_074-2023_-_pl_113-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45540/mensagem_de_veto_n.o_075-2023_-_pl_132-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45539/mensagem_de_veto_n.o_076-2023_-_pl_103-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/45538/mensagem_de_veto_n.o_077-2023_-_pl_160-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46183/mensagem_de_veto_n.o_078-2023_-_pl_106-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46184/mensagem_de_veto_n.o_079-2023_-_pl_121-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46185/mensagem_de_veto_n.o_080-2023_-_pl_122-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2023/46186/mensagem_de_veto_n.o_081-2023_-_pl_144-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>