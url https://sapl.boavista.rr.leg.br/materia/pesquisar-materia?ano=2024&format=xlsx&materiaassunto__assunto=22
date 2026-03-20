--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -54,1395 +54,1395 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>48993</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ruan Kenobby</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48993/medalha_de_honra_ao_merito_teresa_maciel_a_senhora_silvana_ruiz_silva.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48993/medalha_de_honra_ao_merito_teresa_maciel_a_senhora_silvana_ruiz_silva.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A MEDALHA DE HONRA AO MÉRITO TERESA MACIEL A SENHORA SILVANA RUIZ SILVA POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE”.</t>
   </si>
   <si>
     <t>48998</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48998/medalha_legislativa_do_merito_esportivo_e_artistico_ao_senhor_joao_loureto_oliveira_silva.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48998/medalha_legislativa_do_merito_esportivo_e_artistico_ao_senhor_joao_loureto_oliveira_silva.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A MEDALHA LEGISLATIVA DO MÉRITO ESPORTIVO E ARTÍSTICO AO SENHOR JOÃO LOURETO OLIVEIRA SILVA POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE”.</t>
   </si>
   <si>
     <t>49154</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49154/a_medalha_de_honra_ao_merito_teresa_maciel_a_senhora_ivete_rosa_ivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49154/a_medalha_de_honra_ao_merito_teresa_maciel_a_senhora_ivete_rosa_ivo.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A MEDALHA DE HONRA AO MÉRITO TERESA MACIEL A SENHORA IVETE ROSA IVO POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE”.</t>
   </si>
   <si>
     <t>49175</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Zélio Mota</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49175/maria_aparecida_guimaraes.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49175/maria_aparecida_guimaraes.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO “RIO BRANCO” E TÍTULO DE “CIDADÃO “BOAVISTENSE” A SENHORA MARIA APARECIDA GUIMARÃES ALMEIDA DE MACEDO POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA.</t>
   </si>
   <si>
     <t>49177</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49177/ricardo_mattos.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49177/ricardo_mattos.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO “DESPORTIVO RAIMUNDO RIBEIRO DE SOUZA” AO SENHOR RICARDO HERCULANO BULHÕES DE MATTOS    POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA.</t>
   </si>
   <si>
     <t>49179</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49179/maria_do_socorro_galvao_correa.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49179/maria_do_socorro_galvao_correa.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO “RIO BRANCO” E TÍTULO DE “CIDADÃO “BOAVISTENSE” A SENHORA MARIA DO SOCORRO GALVÃO CORRÊA POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA.</t>
   </si>
   <si>
     <t>49180</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49180/jadir_correa_da_costa.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49180/jadir_correa_da_costa.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO “RIO BRANCO” AO SENHOR JADIR CORRÊA DA COSTA POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA.</t>
   </si>
   <si>
     <t>49182</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49182/leocadio_vasconcelos.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49182/leocadio_vasconcelos.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE “CIDADÃO “BOAVISTENSE” O SENHOR ANTONIO LEOCÁDIO VASCONCELOS FILHO POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA.</t>
   </si>
   <si>
     <t>49183</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Melquisedek</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49183/3_-_medalha_de_honra_dilma_lindalva_pereira_da_costa__-_rio_brnaco.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49183/3_-_medalha_de_honra_dilma_lindalva_pereira_da_costa__-_rio_brnaco.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO SR. ª DILMA LINDALVA PEREIRA DA COSTA, POR RECONHECIMENTO AO GRANDE DESTAQUE DE SEU TRABALHO SOCIAL E PROFISSIONAL QUE CONTRIBUI PARA A MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>49184</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49184/2_-_titulo_cidada_dilma_lindalva_pereira_da_costa__-_cidadao_boavistense.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49184/2_-_titulo_cidada_dilma_lindalva_pereira_da_costa__-_cidadao_boavistense.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BOAVISTENSE A SR. ª DILMA LINDALVA PEREIRA DA COSTA, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>49185</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49185/1_-_titulo_cidada_terezinha_paula_schuertz_da_silva__-_cidadao_boavistense.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49185/1_-_titulo_cidada_terezinha_paula_schuertz_da_silva__-_cidadao_boavistense.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BOAVISTENSE A SR. ª TEREZINHA PAULA SCHUERTZ DA SILVA, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>49188</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49188/ednaldo_vidal.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49188/ednaldo_vidal.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO “DR. RODRIGO CARDOSO FURLAN” AO SENHOR EDNALDO GOMES VIDAL POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA.</t>
   </si>
   <si>
     <t>49989</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Adjalma Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49989/tiago_gomes_pinto.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49989/tiago_gomes_pinto.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE CIDADÃO DESTAQUE DO ANO NO ÂMBITO MUNICIPAL DA BOA VISTA – RR, AO SR TIAGO GOMES PINTO, EM RECONHECIMENTO POR SEU DESTAQUE NO AMBITO CULTURAL, SOCIAL DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>49990</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Genilson Costa</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49990/medalha_de_honra_ao_merito_rio_branco_professor_alami_jose_casarin_-_a_professora_maria_aparecida_alves_de_medeiros.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49990/medalha_de_honra_ao_merito_rio_branco_professor_alami_jose_casarin_-_a_professora_maria_aparecida_alves_de_medeiros.pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO RIO BRANCO, TÍTULO DE CIDADÃO BOAVISTENSE E HONRA AO MÉRITO EDUCACIONAL PROFESSOR ALAMIR JOSÉ CASARIN, À PROFESSORA MARIA APARECIDA ALVES DE MEDEIROS, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, EM ESPECIAL À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>49991</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49991/medalha_de_honra_ou_merito_do_rio_branco_e_titulo_de_cidadao_boa_vistense__ao_senhor_charles_goncalves_silva..pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49991/medalha_de_honra_ou_merito_do_rio_branco_e_titulo_de_cidadao_boa_vistense__ao_senhor_charles_goncalves_silva..pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO RIO BRANO E TÍTULO DE CIDADÃO BOAVISTENSE, AO SR. CHARLES GONÇALVES SILVA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, BEM COMO À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>50148</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50148/medalha_de_honra_ao_merito_do_rio_branco_-_capitao_qcobm_alex_gomes_albuquerque.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50148/medalha_de_honra_ao_merito_do_rio_branco_-_capitao_qcobm_alex_gomes_albuquerque.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO, AO CAPITÃO QCOBM ALEX GOMES ALBUQUERQUE, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>50150</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50150/maria_luzineide_lima_nascimento.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50150/maria_luzineide_lima_nascimento.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. MARIA LUZINEIDE LIMA NASCIMENTO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50154</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50154/missionaria_marinett_soares.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50154/missionaria_marinett_soares.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. MARINETT SOARES DE OLIVEIRA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL, MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50160</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50160/medalha_de_honra_ou_merito_do_rio_branco_-_major_qocbm_leonildo_de_paula_farias.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50160/medalha_de_honra_ou_merito_do_rio_branco_-_major_qocbm_leonildo_de_paula_farias.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO, AO MAJOR QOCBM LEONILDO DE PAULA FARIAS FILHO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>50167</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50167/nathalia_cortez.docx.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50167/nathalia_cortez.docx.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. NATHÁLIA CORTEZ, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50169</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50169/raimunda_de_assis_da_costa.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50169/raimunda_de_assis_da_costa.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. RAIMUNDA DE ASSIS DA COSTA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50206</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50206/aldineia_silva_macedo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50206/aldineia_silva_macedo.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. ALDINEIA SILVA MACEDO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50244</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50244/maria_jose_gomes_pinheiro.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50244/maria_jose_gomes_pinheiro.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. MARIA JOSÉ GOMES PINHEIRO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50245</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50245/geralda_da_silva_melo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50245/geralda_da_silva_melo.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. GERALDA DA SILVA MELO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50256</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50256/eliene_marandar_carvalho.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50256/eliene_marandar_carvalho.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. ELIENE MARANDAR CARVALHO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50257</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50257/vera_lucia_dos_santos_torreia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50257/vera_lucia_dos_santos_torreia.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MULHER CRISTÃ A SRA. VERA LÚCIA DOS SANTOS TORREIA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NO CAMPO DA FILANTROPIA E ASSISTÊNCIA SOCIAL MÉDICA E RELIGIOSA.</t>
   </si>
   <si>
     <t>50636</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50636/7_-_merito_e_diploma_de_gratidao_rodrigo_edson_castro_avila.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50636/7_-_merito_e_diploma_de_gratidao_rodrigo_edson_castro_avila.pdf</t>
   </si>
   <si>
     <t>CONCEDE MÉRITO E DIPLOMA DE GRATIDÃO DA CIDADE DE BOA VISTA AO SR. RODRIGO EDSON CASTRO AVILA, POR SEUS SERVIÇOS DE GRANDE RELEVÂNCIA REALIZADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>50752</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50752/medalha_de_honra_ao_merito_rio_branco_gleydson.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50752/medalha_de_honra_ao_merito_rio_branco_gleydson.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO RIO BRANCO E TÍTULO DE CIDADÃO BOAVISTENSE AO SENHOR GLEYDSON NEY SILVA DA ROCHA   POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA.</t>
   </si>
   <si>
     <t>51175</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51175/pdl_bruna_rafaela_lopes.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51175/pdl_bruna_rafaela_lopes.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MERITO RIO BRANCO E MEDALHA DE HONRA AO MERITO TERESA MACIEL A SENHORA BRUNA RAFAELA LOPES PACHECO POR SUA ESTIMADA CONTRIBUIÇÃO PARA O ESTADO DE RORAIMA</t>
   </si>
   <si>
     <t>51193</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Aline Rezende</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51193/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_kesya_farias.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51193/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_kesya_farias.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO TEREZA MACIEL A SRA. KÉSYA FARIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>51194</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Juliana Garcia</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51194/p_decreto_pm_bm.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51194/p_decreto_pm_bm.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA DE MEDALHA DE HONRA AO MÉRITO RIO BRANCO AOS SR (A) CB PM CÍCERO RIBEIRO PERES, AL SGT PM COSTA OLIVEIRA, SGT PM GUTEMBERG SOUSA PANTALEÃO, 3° SGT PM JULIANA APARECIDA MIGUEL LIMA CORRÊA E OUTROS, POR SEU RECONHECIMENTO AO GRANDE DESTAQUE DE SEU TRABALHO SOCIAL E PROFISSIONAL QUE CONTRIBUI PARA A MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>51196</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Júlio Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51196/pdl_-_medalha_de_honra_mulheres.docx.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51196/pdl_-_medalha_de_honra_mulheres.docx.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO TEREZA MACIEL AS SRAS. TAMARA TORRES, IARA LOURETO CALHEIROS, ANTONIA ALVES DOS SANTOS, DENISE VITAL DA SILVA, PAULA ADRIANA DE SOUZA EVANGELISTA.</t>
   </si>
   <si>
     <t>51197</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51197/p_decreto_antonia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51197/p_decreto_antonia.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA DE HONRA AO MÉRITO TERESA MACIEL À ANTONIA LUCIENE DE SALES EM RECONHECIMENTO AO GRANDE DESTAQUE FEMININO DE SEU TRABALHO SOCIAL E PROFISSIONAL QUE CONTRIBUI PARA A MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>51198</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51198/p_decreto_maria_claudia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51198/p_decreto_maria_claudia.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA DE HONRA AO MÉRITO TERESA MACIEL À MARIA CLAUDIA ALVES DE ALMEIDA EM RECONHECIMENTO AO GRANDE DESTAQUE FEMININO DE SEU TRABALHO SOCIAL E PROFISSIONAL QUE CONTRIBUI PARA A MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>51258</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51258/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_francisca_mari_de_assis.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51258/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_francisca_mari_de_assis.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO TEREZA MACIEL A SRA. FRANCISCA MARIA FARIAS DE ASSIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>51328</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51328/novo_documento_4.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51328/novo_documento_4.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DR. RODRIGO CARDOSO FURLAN, À ADVOGADA MARIA MACHADO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS À DAVOCACIA RORAIMENSE.</t>
   </si>
   <si>
     <t>51356</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Nilson Bispo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51356/pdl_-_betania_medeiros.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51356/pdl_-_betania_medeiros.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BOA-VISTENSE À SENHORA MARIA BETÂNIA ALMEIDA SILVA, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>51699</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>STen. Vélton</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51699/paulo_edson.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51699/paulo_edson.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO E O TITULO DE CIDADÃO BOAVISTENSE AO SR. PAULO EDSON SANTA BARBA – POR SEUS RELEVANTES SERVIÇOS E INESTIMÁVEL CONTRIBUIÇÃO E TRABALHO EM DEFESA DA SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>51700</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51700/flavio_grangeiro.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51700/flavio_grangeiro.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO E O TITULO DE CIDADÃO BOAVISTENSE AO SR. FLÁVIO GRANGEIRO DE SOUZA – POR SEUS RELEVANTES SERVIÇOS E INESTIMÁVEL CONTRIBUIÇÃO E TRABALHO EM DEFESA DA SOCIEDADE BOAVISTENSE</t>
   </si>
   <si>
     <t>51701</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51701/joao_paulo_hilario_ribeiro.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51701/joao_paulo_hilario_ribeiro.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO E O TITULO DE CIDADÃO BOAVISTENSE AO SR. JOÃO PAULO HILÁRIO RIBEIRO SILVA – POR SEUS RELEVANTES SERVIÇOS E INESTIMÁVEL CONTRIBUIÇÃO E TRABALHO EM DEFESA DA SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>52332</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Tuti Lopes</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52332/merito_rio_branco_militares_2.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52332/merito_rio_branco_militares_2.pdf</t>
   </si>
   <si>
     <t>"CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AOS MILITARES RELACIONADOS NESTE PDL, PELOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE DE BOA VISTA."</t>
   </si>
   <si>
     <t>53890</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Dr. Ilderson Pereira</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53890/projeto_de_decreto_-_titulo_cidadao_boavistense_dourado.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53890/projeto_de_decreto_-_titulo_cidadao_boavistense_dourado.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE “CIDADÃO BOAVISTENSE” SENHOR LUIZ LIMA DOURADO, POR SEU INESTIMAVÉL TRABALHO SOCIAL E PROFISSIONAL EM BOA VISTA, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>53891</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53891/projeto_de_decreto_-_profissionais_da_enfermagem_medalha_e_diploma.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53891/projeto_de_decreto_-_profissionais_da_enfermagem_medalha_e_diploma.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA E O DIPLOMA DE HONRA AO “MÉRITO PROFISSIONAL DA ENFERMAGEM”, EM RECONHECIMENTO_x000D_
 AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>53892</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53892/projeto_de_decreto_-_titulo_cidadao_boavistense.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53892/projeto_de_decreto_-_titulo_cidadao_boavistense.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE “CIDADÃO BOA-VISTENSE” AOS PROFISSIONAIS DA ENFERMAGEM, POR SEU TRABALHO SOCIAL E PROFISSIONAL EM BOA VISTA, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>55652</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/55652/merito_rio_branco_bombeiro_2.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/55652/merito_rio_branco_bombeiro_2.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO TEN. CEL. DO CORPO DE BOMBEIROS DO ESTADO DE RORAIMA, ESTEVAM DOS SANTOS JUNIOR, PELOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>56099</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56099/22_-_medalha_de_honra_enfermagem_.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56099/22_-_medalha_de_honra_enfermagem_.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AOS PROFISSINAIS DE ENFERMAGEM, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>56730</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Adnan Lima</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56730/projeto_decreto_-_eneas_farias.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56730/projeto_decreto_-_eneas_farias.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MERITO RIO BRANCO ENÉAS FARIAS TEODOSIO, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICIPIO.</t>
   </si>
   <si>
     <t>56973</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Insp. Daniel Mangabeira</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56973/pdl_bombeiros.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56973/pdl_bombeiros.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A COMENDA TÍTULO E MEDALHA DE HONRA AO MÉRITO RIO BRANCO, AOS BOMBEIROS MILITARES DE RORAIMA, QUE CUMPRIRAM A MISSÃO SOS RIO GRANDE DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.”.</t>
   </si>
   <si>
     <t>57137</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Vavá do Thianguá</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57137/projeto_de_decreto_jean_carlos.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57137/projeto_de_decreto_jean_carlos.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. JEAN CARLOS DA SILVA MELO, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>57228</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Gildean Gari</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57228/pdl_000_-_cidadao_boavistense_assinado.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57228/pdl_000_-_cidadao_boavistense_assinado.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE “CIDADÃO BOAVISTENSE” AO SENHOR FRANCISCO OZANO FERREIRA PINHEIRO POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>57879</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57879/merito_rio_branco__sidcley_2.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57879/merito_rio_branco__sidcley_2.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO 2° SARGENTO DA BANDA DE MÚSICA DA POLÍCIA MILITAR DO ESTADO DE RORAIMA, SIDCLEY NUNES DA SILVA GUIMARÃES, PELOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>57999</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57999/merito_rio_branco_moises_2.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57999/merito_rio_branco_moises_2.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO 1° SARGENTO DA POLÍCIA MILITAR DO ESTADO DE RORAIMA, MOISÉS VIEIRA SAID, PELOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>58023</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Professor Samuel</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58023/pdl_01.2024_-_paula_hartley_-_cidada_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58023/pdl_01.2024_-_paula_hartley_-_cidada_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BOAVISTENSE A SRA. PAULA ANDREA HARTLEY, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>58024</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58024/pdl_02.2024_-_albert_-_medalha_rio_branco_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58024/pdl_02.2024_-_albert_-_medalha_rio_branco_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO EMPRESÁRIO ALBERT EINSTEIN LIMA DA SILVA, PELOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>58025</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58025/pdl_03.2024_-_uelton_-_cidadao_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58025/pdl_03.2024_-_uelton_-_cidadao_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. UELTON PEREIRA BARROS, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>58026</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58026/pdl_04.2024_-_rildo_-_cidadao_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58026/pdl_04.2024_-_rildo_-_cidadao_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. JOSÉ RILDO DE MORAES SANTANA, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>58027</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58027/pdl_05.2024_-_werley_-_medalha_rio_branco_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58027/pdl_05.2024_-_werley_-_medalha_rio_branco_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO ADVOGADO WERLEY DE OLIVEIRA AZEVEDO CRUZ, PELOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>58444</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58444/pdl_-_1o_sgt_pm_moises__vieira.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58444/pdl_-_1o_sgt_pm_moises__vieira.pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO 1º SGT PM MOISES VIEIRA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, EM ESPECIAL À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>58440</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58440/pdl_-_1o_sgt_pm_valdenilson_soares_de_abreu.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58440/pdl_-_1o_sgt_pm_valdenilson_soares_de_abreu.pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO 1º SGT PM VALDENILSON SOARES DE ABREU, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, BEM COMO À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>58441</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58441/pdl_-_1o_sgt_pm_ronney_lima_bezerra.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58441/pdl_-_1o_sgt_pm_ronney_lima_bezerra.pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO 1º SGT PM RONNEY LIMA BEZERRA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, BEM COMO À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>58442</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58442/pdl_-_1o_sgt_pm_kleiton_medeiros.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58442/pdl_-_1o_sgt_pm_kleiton_medeiros.pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO 1º SGT PM KLEITON MEDEIROS, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, EM ESPECIAL À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>58443</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58443/pdl_-_ex_integrantes_da_equipe_tecnica_-_copao_da_amazonia.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58443/pdl_-_ex_integrantes_da_equipe_tecnica_-_copao_da_amazonia.pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO DESPORTIVO RAIMUNDO RIBEIRO DE SOUZA, AOS EX INTEGRANTES DA EQUIPE TÉCNICA QUE FORAM CAMPÕES DO COPÃO DA AMAZÔNIA.</t>
   </si>
   <si>
     <t>58679</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58679/3._pdl_carlos_gari_-_cidadao_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58679/3._pdl_carlos_gari_-_cidadao_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. CARLOS FERREIRA DA SILVA, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE BOA VISTENSE.</t>
   </si>
   <si>
     <t>58680</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58680/2._pdl_phelipy_-_medalha_rio_branco_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58680/2._pdl_phelipy_-_medalha_rio_branco_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO ADVOGADO LUIS PHELIPY PORTELA BEZERRA, PELOS RELEVANTES SERVIÇOS PRESTADOS À SOCIEDADE BOA VISTENSE.</t>
   </si>
   <si>
     <t>58681</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58681/1._pdl_adrielly_-_cidada_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58681/1._pdl_adrielly_-_cidada_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BOAVISTENSE A ADVOGADA ADRIELLY MOREIRA CAVALCANTE, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE BOA VISTENSE.</t>
   </si>
   <si>
     <t>58682</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58682/4._pdl_luismar_animal_-_cidadao_ass.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58682/4._pdl_luismar_animal_-_cidadao_ass.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. LUISMAR DA SILVA, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE BOA VISTENSE.</t>
   </si>
   <si>
     <t>58689</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58689/33_-_titulo_cidadao_jesus_rodrigues__-_cidadao_boavistense.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58689/33_-_titulo_cidadao_jesus_rodrigues__-_cidadao_boavistense.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. JÉSUS RODRIGUES DO NASCIMENTO, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>58690</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58690/34_-_medalha_de_honra_ao_merito_rio_branco_jesus_rodrigues_.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58690/34_-_medalha_de_honra_ao_merito_rio_branco_jesus_rodrigues_.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO SENHOR JÉSUS RODRIGUES DO NASCIMENTO, POR PRESTAR SEUS SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO SOCIAL LOCAL, CONTRIBUINDO PARA MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>59252</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Genilson Costa, Juliana Garcia</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59252/p_decreto_pm_cbm.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59252/p_decreto_pm_cbm.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO E MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO ST QPC BM JONES CECCON, SGT QPCPM CÁSSIO DOS SANTOS XIMENES CB QPCPM AILTON CHAVES DOS PASSAROS 1º SGT PMRR ELITON DOS SANTOS SILVA, 3º SGT PMRR SAMILLY MARIANNY SOARES DOS SANTOS CEL JOSÉ ALVES BRASIL 2º TEM PMRR VANILSON WOTTRICH 3º SGT QPC PMRR WENDELL MARTINS DE ALBUQUERQUE 1º SGT QPC PMRR RAFAELLE DA SILVA OLIVEIRA E DILERMANDO PIRES DE SOUZA  POR SEU RECONHECIMENTO AO GRANDE DESTAQUE DE SEU TRABALHO SOCIAL E PROFISSIONAL QUE CONTRIBUI PARA A MELHORIA DA SOCIEDADE RORAIMENSE.</t>
   </si>
   <si>
     <t>59355</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59355/35_-_medalha_de_honra_enfermagem_adria_soyara.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59355/35_-_medalha_de_honra_enfermagem_adria_soyara.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO PROFISSIONAL DA ENFERMAGEM A ENFERMEIRA ÁDRIA SOYARA DE SOUSA MUNIZ, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>59356</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59356/36_-_merito_e_diploma_de_gratidao_adria_soyara.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59356/36_-_merito_e_diploma_de_gratidao_adria_soyara.pdf</t>
   </si>
   <si>
     <t>CONCEDE MÉRITO E DIPLOMA DE GRATIDÃO DA CIDADE DE BOA VISTA A SENHORA ÁDRIA SOYARA DE SOUSA, POR SEUS SERVIÇOS DE GRANDE RELEVÂNCIA REALIZADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>59361</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59361/merito_rio_branco__prof._edson_1.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59361/merito_rio_branco__prof._edson_1.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO DO RIO BRANCO AO PROF. DR. EDSON ROBERTO OIAGEN, PELOS RELEVANTES SERVIÇOS PRESTADOS À EDUCAÇÃO DE BOA VISTA.</t>
   </si>
   <si>
     <t>59362</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59362/cidadao_boa-vistense_prof._edson.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59362/cidadao_boa-vistense_prof._edson.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOA-VISTENSE AO PROF. DR. EDSON ROBERTO OIAGEN PELOS RELEVANTES SERVIÇOS PRESTADOS À EDUCAÇÃO DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>59369</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59369/merito_educacional_2.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59369/merito_educacional_2.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO EDUCACIONAL PROFESSOR ALAMIR JOSÉ CASARIM AO PROF. DR. EDSON ROBERTO OAIGEN PELOS RELEVANTES SERVIÇOS PRESTADOS À EDUCAÇÃO DO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>59888</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Regiane Matos</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59888/pdl_cidadao_boavistense_zeca_preto.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59888/pdl_cidadao_boavistense_zeca_preto.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BOAVISTENSE AO SR. JOSÉ MARIA DE SOUZA – ZECA PRETO, POR PRESTAR SERVIÇOS QUE AJUDARAM NO DESENVOLVIMENTO CULTURAL CONTRIBUINDO PARA MELHORIA DA SOCIEDADE BOAVISTENSE.</t>
   </si>
   <si>
     <t>59917</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59917/projetos_de_decreto_legislativo_pdf_1211.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59917/projetos_de_decreto_legislativo_pdf_1211.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AOS MILITARES TC PM DANIEL FERREIRA DE SOUSA, 2º SGT PM THAYGO GUILHERME LIMA E À TC PM MARIA APARECIDA DA COSTA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, BEM COMO À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>59927</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Manoel Neves</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59927/projeto_de_decreto_-_medalha_-__tc_qoc_pm_ingrid_bezerra_camelo_de_melo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59927/projeto_de_decreto_-_medalha_-__tc_qoc_pm_ingrid_bezerra_camelo_de_melo.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO À TC QOC PM INGRID BEZERRA CAMELO DE MELO, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59937</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59937/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_aldenor_pinaicobo_flausino.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59937/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_aldenor_pinaicobo_flausino.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO 3° SGT QPC PM ALDENOR PINAICOBO FLAUSINO, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59938</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59938/projeto_de_decreto_-_medalha_-__subtenente_pamella_lobo_de_matos.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59938/projeto_de_decreto_-_medalha_-__subtenente_pamella_lobo_de_matos.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO À SUBTENENTE PÂMELLA LÔBO DE MATOS, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59939</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59939/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_adriana_marinho_de_souza.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59939/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_adriana_marinho_de_souza.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO À 3° SGT QPC PM ADRIANA MARINHO DE SOUZA, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59940</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59940/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_railene_bezerra_silva.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59940/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_railene_bezerra_silva.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO À 3° SGT QPC PM RAILENE BEZERRA SILVA, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59943</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59943/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_crislainy_araujo_pinto.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59943/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_crislainy_araujo_pinto.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO À 3° SGT QPC PM CRISLAINY ARAÚJO PINTO, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59944</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59944/projeto_de_decreto_-_medalha_-_3_sgt_qpc_pm_wendell_martins_de_albuquerque.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59944/projeto_de_decreto_-_medalha_-_3_sgt_qpc_pm_wendell_martins_de_albuquerque.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AO 3° SGT QPC PM WENDELL MARTINS DE ALBUQUERQUE, POR SEU INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59972</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59972/projeto_de_decreto_legislativo_dalva_e_vera.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59972/projeto_de_decreto_legislativo_dalva_e_vera.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AS SENHORAS VERA LUCIA RODRIGUES E MARIA DALVA DE SOUZA FIGUEREIDO, POR SEUS INESTIMÁVEIS TRABALHOS E CONTRIBUIÇÕES EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>59973</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59973/projeto_de_decreto_legislativo_antonio_e_outros.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59973/projeto_de_decreto_legislativo_antonio_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AOS SENHORES ANTONIO PEREIRA DA SILVA, JOSÉ ANCHIETA ARAUJO DE ANDRADE, GILBERTO ROSAS E JOSÉ CARLOS DE OLIVEIRA GIBIM, POR SEUS INESTIMÁVEIS TRABALHOS E CONTRIBUIÇÕES EM PROL DA POPULAÇÃO RORAIMENSE.</t>
   </si>
   <si>
     <t>60056</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60056/pdl_profissional_de_enfermagem_edilberto.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60056/pdl_profissional_de_enfermagem_edilberto.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO PROFISSIONAL DA ENFERMAGEM AO ENFERMEIRO EDILBERTO NOBRE FURTADO, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>60057</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60057/pdl_profissional_de_enfermagem_ana_nery.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60057/pdl_profissional_de_enfermagem_ana_nery.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO PROFISSIONAL DA ENFERMAGEM A ENFERMEIRA ANA NERY DA CUNHA OLIVEIRA, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>60058</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60058/pdl_profissional_de_enfermagem_lanna_jeniffer.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60058/pdl_profissional_de_enfermagem_lanna_jeniffer.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO PROFISSIONAL DA ENFERMAGEM A ENFERMEIRA LANNA JENIFFER SILVA RODRIGUES, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>60059</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60059/pdl_profissional_de_enfermagem_raimunda_nonata.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60059/pdl_profissional_de_enfermagem_raimunda_nonata.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO PROFISSIONAL DA ENFERMAGEM A ENFERMEIRA RAIMUNDA NONATA VALENTE FIGUEIRA, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>60060</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60060/pdl_profissional_de_enfermagem_nilton_cesar.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60060/pdl_profissional_de_enfermagem_nilton_cesar.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO PROFISSIONAL DA ENFERMAGEM AO ENFERMEIRO NILTON CÉSAR TEIXEIRA DE SOUZA, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>60061</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60061/pdl_profissional_de_enfermagem_rayssa_triani.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60061/pdl_profissional_de_enfermagem_rayssa_triani.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO PROFISSIONAL DA ENFERMAGEM A ENFERMEIRA RAYSSA LEITE DUTRA TRIANI, EM RECONHECIMENTO AO INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA MELHORIA DA SAÚDE DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>60062</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60062/pdl_profissional_medico_everton.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60062/pdl_profissional_medico_everton.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO MÉRITO PROFISSIONAL MÉDICO E MEDALHA LEGISLATIVA PROFISSIONAL MÉDICO, AO DR EVERTON WALCZAK, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, EM ESPECIAL À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>60067</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60067/pdl_merito_rio_branco_weder.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60067/pdl_merito_rio_branco_weder.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO, AO SENHOR WEDER DIAS DO CARMO, POR SEUS INESTIMÁVEL TRABALHO E CONTRIBUIÇÃO EM PROL DA POPULAÇÃO DE BOA VISTA - RR.</t>
   </si>
   <si>
     <t>60069</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60069/pdl_diploma_de_gratidao_angela_maria.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60069/pdl_diploma_de_gratidao_angela_maria.pdf</t>
   </si>
   <si>
     <t>CONCEDE MÉRITO E DIPLOMA DE GRATIDÃO DA CIDADE DE BOA VISTA A SENHORA ÂNGELA MARIA SHARDONG, POR SEUS SERVIÇOS DE GRANDE RELEVÂNCIA REALIZADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>60090</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60090/projeto_de_decreto_-_medalha_de_honra__dalvan_lima_de_sousa.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60090/projeto_de_decreto_-_medalha_de_honra__dalvan_lima_de_sousa.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO DALVAN LIMA DE SOUSA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE BOA VISTA-RR.</t>
   </si>
   <si>
     <t>60117</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60117/pdl-255-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60117/pdl-255-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO AOS POLICIAIS DA POLÍCIA MILITAR DO ESTADO DE RORAIMA EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO ESTADO DE RORAIMA, BEM COMO À CIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>60126</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60126/pdl_mario_junior_pm.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60126/pdl_mario_junior_pm.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO E DO TÍTULO DE CIDADÃO BOAVISTENSE AO SUBTENENTE MÁRIO MAGALHÃES DA SILVA JÚNIOR, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE BOA VISTA-RR”.</t>
   </si>
   <si>
     <t>60127</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60127/pdl_vilmo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60127/pdl_vilmo.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO E O TÍTULO DE CIDADÃO BOAVISTENSE AO INSPETOR VILMO CARDOSO DA SILVA, _x000D_
 INSPETOR DA GUARDA CIVIL MUNICIPAL DE BOA VISTA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE BOA VISTA-RR”.</t>
   </si>
   <si>
     <t>60128</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60128/pdl_-_dr_leocadio_menezes.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60128/pdl_-_dr_leocadio_menezes.pdf</t>
   </si>
   <si>
     <t>CONCEDE: MEDALHA DE HONRA AO MÉRITO DR RODRIGO CARDOSO FURLAN, AO ADVOGADO LEOCADIO MENEZES, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS À ADVOCACIA RORAIMENSE.</t>
   </si>
   <si>
     <t>60130</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60130/pdl_ferreira_pm.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60130/pdl_ferreira_pm.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A MEDALHA DE HONRA AO MÉRITO RIO BRANCO E O TÍTULO DE CIDADÃO BOAVISTENSE AO SUBTENENTE JOÃO FERREIRA DA COSTA NETO, POLICIAL APOSENTADO DA POLÍCIA MILITAR DO ESTADO DE RORAIMA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS_x000D_
 AO ESTADO DE RORAIMA E AO MUNICÍPIO DE BOA VISTA-RR”.</t>
   </si>
   <si>
     <t>48999</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48999/denuncia_contra_violencia_contra_o_idoso.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48999/denuncia_contra_violencia_contra_o_idoso.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE RECEBIMENTO DE DENÚNCIA DE VIOLAÇÕES AOS DIREITOS DOS IDOSOS EM ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>49000</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49000/3_-_troca_de_nome_de_rua.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49000/3_-_troca_de_nome_de_rua.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA RUA FRANCISCA DE JESUS NASCIMENTO.</t>
   </si>
   <si>
     <t>52334</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52334/programa_recomeco.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52334/programa_recomeco.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA RECOMEÇO, CRIA SELO DE EMPREENDER SOCIAL E DÁ OUTRAS PROVIDÊNCIAS NO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>56729</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56729/esporte_paralimpico.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56729/esporte_paralimpico.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE BOA VISTA, A SEMANA MUNICIPAL DE INCENTIVO AO ESPORTE PARALÍMPICO.</t>
   </si>
   <si>
     <t>56817</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56817/pl_semena_do_hiphop_2.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56817/pl_semena_do_hiphop_2.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA SEMANA DO MOVIMENTO CULTURAL HIP HOP NO MUNICIPIO DE BOA VISTA”.</t>
   </si>
   <si>
     <t>53998</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Aline Rezende, Genilson Costa, Juliana Garcia, Kleber Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53998/requerimento_n.o_033-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53998/requerimento_n.o_033-2024.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI N.º 117/2024 - DE AUTORIA DO VEREADOR NILSON BISPO.</t>
   </si>
   <si>
     <t>52077</t>
   </si>
   <si>
     <t>MGV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Arthur Henrique</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52077/mensagem_de_veto_no_007-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52077/mensagem_de_veto_no_007-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 034/2024, DE 16 DE FEVEREIRO DE 2024 - DE AUTORIA DO VEREADOR ZÉLIO MOTA, QUE DISPÕE SOBRE: "REGULAMENTA O INSTRUMENTO URBANISTICO DA OUTORGA ONEROSA DO DIREITO DE CONSTRUIR (OODC) PREVISTO NA LEI COMPLEMENTAR Nº 02, DE 23 de ABRIL DE 2021, QUE INSTITUIU O PLANO DIRETOR DO MUNICIPIO DE BOA VISTA/RR".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1749,68 +1749,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48993/medalha_de_honra_ao_merito_teresa_maciel_a_senhora_silvana_ruiz_silva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48998/medalha_legislativa_do_merito_esportivo_e_artistico_ao_senhor_joao_loureto_oliveira_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49154/a_medalha_de_honra_ao_merito_teresa_maciel_a_senhora_ivete_rosa_ivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49175/maria_aparecida_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49177/ricardo_mattos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49179/maria_do_socorro_galvao_correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49180/jadir_correa_da_costa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49182/leocadio_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49183/3_-_medalha_de_honra_dilma_lindalva_pereira_da_costa__-_rio_brnaco.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49184/2_-_titulo_cidada_dilma_lindalva_pereira_da_costa__-_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49185/1_-_titulo_cidada_terezinha_paula_schuertz_da_silva__-_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49188/ednaldo_vidal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49989/tiago_gomes_pinto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49990/medalha_de_honra_ao_merito_rio_branco_professor_alami_jose_casarin_-_a_professora_maria_aparecida_alves_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49991/medalha_de_honra_ou_merito_do_rio_branco_e_titulo_de_cidadao_boa_vistense__ao_senhor_charles_goncalves_silva..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50148/medalha_de_honra_ao_merito_do_rio_branco_-_capitao_qcobm_alex_gomes_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50150/maria_luzineide_lima_nascimento.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50154/missionaria_marinett_soares.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50160/medalha_de_honra_ou_merito_do_rio_branco_-_major_qocbm_leonildo_de_paula_farias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50167/nathalia_cortez.docx.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50169/raimunda_de_assis_da_costa.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50206/aldineia_silva_macedo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50244/maria_jose_gomes_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50245/geralda_da_silva_melo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50256/eliene_marandar_carvalho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50257/vera_lucia_dos_santos_torreia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50636/7_-_merito_e_diploma_de_gratidao_rodrigo_edson_castro_avila.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50752/medalha_de_honra_ao_merito_rio_branco_gleydson.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51175/pdl_bruna_rafaela_lopes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51193/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_kesya_farias.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51194/p_decreto_pm_bm.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51196/pdl_-_medalha_de_honra_mulheres.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51197/p_decreto_antonia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51198/p_decreto_maria_claudia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51258/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_francisca_mari_de_assis.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51328/novo_documento_4.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51356/pdl_-_betania_medeiros.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51699/paulo_edson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51700/flavio_grangeiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51701/joao_paulo_hilario_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52332/merito_rio_branco_militares_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53890/projeto_de_decreto_-_titulo_cidadao_boavistense_dourado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53891/projeto_de_decreto_-_profissionais_da_enfermagem_medalha_e_diploma.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53892/projeto_de_decreto_-_titulo_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/55652/merito_rio_branco_bombeiro_2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56099/22_-_medalha_de_honra_enfermagem_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56730/projeto_decreto_-_eneas_farias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56973/pdl_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57137/projeto_de_decreto_jean_carlos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57228/pdl_000_-_cidadao_boavistense_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57879/merito_rio_branco__sidcley_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57999/merito_rio_branco_moises_2.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58023/pdl_01.2024_-_paula_hartley_-_cidada_ass.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58024/pdl_02.2024_-_albert_-_medalha_rio_branco_ass.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58025/pdl_03.2024_-_uelton_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58026/pdl_04.2024_-_rildo_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58027/pdl_05.2024_-_werley_-_medalha_rio_branco_ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58444/pdl_-_1o_sgt_pm_moises__vieira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58440/pdl_-_1o_sgt_pm_valdenilson_soares_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58441/pdl_-_1o_sgt_pm_ronney_lima_bezerra.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58442/pdl_-_1o_sgt_pm_kleiton_medeiros.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58443/pdl_-_ex_integrantes_da_equipe_tecnica_-_copao_da_amazonia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58679/3._pdl_carlos_gari_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58680/2._pdl_phelipy_-_medalha_rio_branco_ass.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58681/1._pdl_adrielly_-_cidada_ass.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58682/4._pdl_luismar_animal_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58689/33_-_titulo_cidadao_jesus_rodrigues__-_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58690/34_-_medalha_de_honra_ao_merito_rio_branco_jesus_rodrigues_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59252/p_decreto_pm_cbm.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59355/35_-_medalha_de_honra_enfermagem_adria_soyara.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59356/36_-_merito_e_diploma_de_gratidao_adria_soyara.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59361/merito_rio_branco__prof._edson_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59362/cidadao_boa-vistense_prof._edson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59369/merito_educacional_2.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59888/pdl_cidadao_boavistense_zeca_preto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59917/projetos_de_decreto_legislativo_pdf_1211.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59927/projeto_de_decreto_-_medalha_-__tc_qoc_pm_ingrid_bezerra_camelo_de_melo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59937/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_aldenor_pinaicobo_flausino.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59938/projeto_de_decreto_-_medalha_-__subtenente_pamella_lobo_de_matos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59939/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_adriana_marinho_de_souza.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59940/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_railene_bezerra_silva.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59943/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_crislainy_araujo_pinto.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59944/projeto_de_decreto_-_medalha_-_3_sgt_qpc_pm_wendell_martins_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59972/projeto_de_decreto_legislativo_dalva_e_vera.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59973/projeto_de_decreto_legislativo_antonio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60056/pdl_profissional_de_enfermagem_edilberto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60057/pdl_profissional_de_enfermagem_ana_nery.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60058/pdl_profissional_de_enfermagem_lanna_jeniffer.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60059/pdl_profissional_de_enfermagem_raimunda_nonata.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60060/pdl_profissional_de_enfermagem_nilton_cesar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60061/pdl_profissional_de_enfermagem_rayssa_triani.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60062/pdl_profissional_medico_everton.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60067/pdl_merito_rio_branco_weder.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60069/pdl_diploma_de_gratidao_angela_maria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60090/projeto_de_decreto_-_medalha_de_honra__dalvan_lima_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60117/pdl-255-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60126/pdl_mario_junior_pm.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60127/pdl_vilmo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60128/pdl_-_dr_leocadio_menezes.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60130/pdl_ferreira_pm.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48999/denuncia_contra_violencia_contra_o_idoso.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49000/3_-_troca_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52334/programa_recomeco.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56729/esporte_paralimpico.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56817/pl_semena_do_hiphop_2.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53998/requerimento_n.o_033-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52077/mensagem_de_veto_no_007-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48993/medalha_de_honra_ao_merito_teresa_maciel_a_senhora_silvana_ruiz_silva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48998/medalha_legislativa_do_merito_esportivo_e_artistico_ao_senhor_joao_loureto_oliveira_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49154/a_medalha_de_honra_ao_merito_teresa_maciel_a_senhora_ivete_rosa_ivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49175/maria_aparecida_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49177/ricardo_mattos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49179/maria_do_socorro_galvao_correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49180/jadir_correa_da_costa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49182/leocadio_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49183/3_-_medalha_de_honra_dilma_lindalva_pereira_da_costa__-_rio_brnaco.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49184/2_-_titulo_cidada_dilma_lindalva_pereira_da_costa__-_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49185/1_-_titulo_cidada_terezinha_paula_schuertz_da_silva__-_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49188/ednaldo_vidal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49989/tiago_gomes_pinto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49990/medalha_de_honra_ao_merito_rio_branco_professor_alami_jose_casarin_-_a_professora_maria_aparecida_alves_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49991/medalha_de_honra_ou_merito_do_rio_branco_e_titulo_de_cidadao_boa_vistense__ao_senhor_charles_goncalves_silva..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50148/medalha_de_honra_ao_merito_do_rio_branco_-_capitao_qcobm_alex_gomes_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50150/maria_luzineide_lima_nascimento.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50154/missionaria_marinett_soares.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50160/medalha_de_honra_ou_merito_do_rio_branco_-_major_qocbm_leonildo_de_paula_farias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50167/nathalia_cortez.docx.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50169/raimunda_de_assis_da_costa.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50206/aldineia_silva_macedo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50244/maria_jose_gomes_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50245/geralda_da_silva_melo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50256/eliene_marandar_carvalho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50257/vera_lucia_dos_santos_torreia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50636/7_-_merito_e_diploma_de_gratidao_rodrigo_edson_castro_avila.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50752/medalha_de_honra_ao_merito_rio_branco_gleydson.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51175/pdl_bruna_rafaela_lopes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51193/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_kesya_farias.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51194/p_decreto_pm_bm.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51196/pdl_-_medalha_de_honra_mulheres.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51197/p_decreto_antonia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51198/p_decreto_maria_claudia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51258/projeto_de_decreto_medalha_de_honra_ao_merito_tereza_maciel-_francisca_mari_de_assis.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51328/novo_documento_4.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51356/pdl_-_betania_medeiros.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51699/paulo_edson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51700/flavio_grangeiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51701/joao_paulo_hilario_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52332/merito_rio_branco_militares_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53890/projeto_de_decreto_-_titulo_cidadao_boavistense_dourado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53891/projeto_de_decreto_-_profissionais_da_enfermagem_medalha_e_diploma.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53892/projeto_de_decreto_-_titulo_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/55652/merito_rio_branco_bombeiro_2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56099/22_-_medalha_de_honra_enfermagem_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56730/projeto_decreto_-_eneas_farias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56973/pdl_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57137/projeto_de_decreto_jean_carlos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57228/pdl_000_-_cidadao_boavistense_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57879/merito_rio_branco__sidcley_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57999/merito_rio_branco_moises_2.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58023/pdl_01.2024_-_paula_hartley_-_cidada_ass.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58024/pdl_02.2024_-_albert_-_medalha_rio_branco_ass.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58025/pdl_03.2024_-_uelton_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58026/pdl_04.2024_-_rildo_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58027/pdl_05.2024_-_werley_-_medalha_rio_branco_ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58444/pdl_-_1o_sgt_pm_moises__vieira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58440/pdl_-_1o_sgt_pm_valdenilson_soares_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58441/pdl_-_1o_sgt_pm_ronney_lima_bezerra.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58442/pdl_-_1o_sgt_pm_kleiton_medeiros.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58443/pdl_-_ex_integrantes_da_equipe_tecnica_-_copao_da_amazonia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58679/3._pdl_carlos_gari_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58680/2._pdl_phelipy_-_medalha_rio_branco_ass.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58681/1._pdl_adrielly_-_cidada_ass.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58682/4._pdl_luismar_animal_-_cidadao_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58689/33_-_titulo_cidadao_jesus_rodrigues__-_cidadao_boavistense.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58690/34_-_medalha_de_honra_ao_merito_rio_branco_jesus_rodrigues_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59252/p_decreto_pm_cbm.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59355/35_-_medalha_de_honra_enfermagem_adria_soyara.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59356/36_-_merito_e_diploma_de_gratidao_adria_soyara.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59361/merito_rio_branco__prof._edson_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59362/cidadao_boa-vistense_prof._edson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59369/merito_educacional_2.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59888/pdl_cidadao_boavistense_zeca_preto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59917/projetos_de_decreto_legislativo_pdf_1211.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59927/projeto_de_decreto_-_medalha_-__tc_qoc_pm_ingrid_bezerra_camelo_de_melo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59937/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_aldenor_pinaicobo_flausino.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59938/projeto_de_decreto_-_medalha_-__subtenente_pamella_lobo_de_matos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59939/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_adriana_marinho_de_souza.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59940/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_railene_bezerra_silva.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59943/projeto_de_decreto_-_medalha_-__3_sgt_qpc_pm_crislainy_araujo_pinto.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59944/projeto_de_decreto_-_medalha_-_3_sgt_qpc_pm_wendell_martins_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59972/projeto_de_decreto_legislativo_dalva_e_vera.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59973/projeto_de_decreto_legislativo_antonio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60056/pdl_profissional_de_enfermagem_edilberto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60057/pdl_profissional_de_enfermagem_ana_nery.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60058/pdl_profissional_de_enfermagem_lanna_jeniffer.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60059/pdl_profissional_de_enfermagem_raimunda_nonata.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60060/pdl_profissional_de_enfermagem_nilton_cesar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60061/pdl_profissional_de_enfermagem_rayssa_triani.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60062/pdl_profissional_medico_everton.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60067/pdl_merito_rio_branco_weder.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60069/pdl_diploma_de_gratidao_angela_maria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60090/projeto_de_decreto_-_medalha_de_honra__dalvan_lima_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60117/pdl-255-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60126/pdl_mario_junior_pm.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60127/pdl_vilmo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60128/pdl_-_dr_leocadio_menezes.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60130/pdl_ferreira_pm.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48999/denuncia_contra_violencia_contra_o_idoso.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/49000/3_-_troca_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52334/programa_recomeco.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56729/esporte_paralimpico.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/56817/pl_semena_do_hiphop_2.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53998/requerimento_n.o_033-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52077/mensagem_de_veto_no_007-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="189" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>