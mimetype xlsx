--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -54,111 +54,111 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>48994</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Melquisedek</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48994/2_-_troca_de_nome_de_rua.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48994/2_-_troca_de_nome_de_rua.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA RUA ANTÔNIO BENEDITO CAMILO.</t>
   </si>
   <si>
     <t>52640</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Manoel Neves</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52640/projeto_rua_antonio_tomaz_neto_dona_zulde.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52640/projeto_rua_antonio_tomaz_neto_dona_zulde.pdf</t>
   </si>
   <si>
     <t>A ALTERAÇÃO DE NOME DA RUA - N PARA RUA ANTÔNIO TOMAZ NETO, NO BAIRRO CIDADE SATÉLITE.</t>
   </si>
   <si>
     <t>53435</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53435/projeto_rua_ana_maria.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53435/projeto_rua_ana_maria.pdf</t>
   </si>
   <si>
     <t>A ALTERAÇÃO DE NOME DA AVENIDA DAS GALÁXIAS, NO BAIRRO CIDADE SATÉLITE, PARA RUA ANA MARIA FERREIRA DANTAS.</t>
   </si>
   <si>
     <t>58158</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Insp. Daniel Mangabeira</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58158/pll_rua_c-35.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58158/pll_rua_c-35.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOVA DENOMINAÇÃO DA RUA C-35, SITUADA NO BAIRRO SÍLVIO LEITE, PARA RUA ANTÔNIO NOJOSA DE SOUZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>53450</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53450/requerimento_de_urgencia_pl_ana_maria_-_2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53450/requerimento_de_urgencia_pl_ana_maria_-_2024.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS ELENCADOS NO REQUERIMENTO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -465,68 +465,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48994/2_-_troca_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52640/projeto_rua_antonio_tomaz_neto_dona_zulde.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53435/projeto_rua_ana_maria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58158/pll_rua_c-35.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53450/requerimento_de_urgencia_pl_ana_maria_-_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/48994/2_-_troca_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/52640/projeto_rua_antonio_tomaz_neto_dona_zulde.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53435/projeto_rua_ana_maria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58158/pll_rua_c-35.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53450/requerimento_de_urgencia_pl_ana_maria_-_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="139.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>