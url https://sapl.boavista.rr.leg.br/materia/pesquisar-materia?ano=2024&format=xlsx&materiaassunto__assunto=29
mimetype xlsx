--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -54,389 +54,389 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>51977</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MGV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Arthur Henrique</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51977/mensagem-de-veto-005-2024-poder-executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51977/mensagem-de-veto-005-2024-poder-executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 216/2023 DE 03 DE OUTUBRO DE 2023 - DE AUTORIA DO VEREADOR MELQUISEDEK MENEZES, QUE DISPÕE SOBRE: "A DESTINAÇÃO DE UM LOCAL APROPRIADO PARA O ESTACIONAMENTO DE VEÍCULOS DE VIAGEM (MOTORHOMES) NO ÂMBITO DO MUNICÍPIO DE BOA VISTA".</t>
   </si>
   <si>
     <t>51976</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51976/mensagem-de-veto-006-2024-poder-executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51976/mensagem-de-veto-006-2024-poder-executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 035/2024, DE16 DE FEVEREIRO DE 2024 - DE AUTORIA DO VEREADOR ZÉLIO MOTA, QUE DISPÕE SOBRE: "AUTORIZA O EXECUTIVO MUNICIPAL, ATRAVÉS DA EMPRESA DE DESENVOLVIMENTO URBANO E HABITACIONAL A REGULARIZAR TODAS AS OCUPAÇÕES/LOTEAMENTOS IRREGULARES CONSOLIDADOS EM ÁREAS DECLARADAS DE INTERESSE SOCIAL, OS AVANÇOS EM ÁREAS PÚBLICAS JÁ CONSOLIDADOS E QUE NÃO COMPROMETAM A MOBILIDADE URBANA, A REGULARIZAÇÃO FUNDIÁRIA DE TODAS AS POSSES DAS IGREJAS E TEMPLOS RELIGIOSOS, OS DESDOBRAMENTOS EM ÁREAS DE CHACARAS NOS BAIRROS OPERÁRIO E HÉLIO CAMPOS E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>53188</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53188/mensagem_de_veto_n.o_012-2024_-_08-04-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53188/mensagem_de_veto_n.o_012-2024_-_08-04-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E INTERESSE PÚBLICO, O PROJETO DE LEI N.º 171/2023, DE 28 DE AGOSTO DE 2023 - DE AUTORIA  DO VEREADOR GILDEAN GARI, QUE DISPÕE SOBRE: "A INCLUSÃO DE NOÇÕES E CONCEITOS DE DIREITOS FUNDAMENTAIS E_x000D_
 CIDADANIA NA REDE MUNICIPAL DE ENSINO DE BOA VISTA".</t>
   </si>
   <si>
     <t>53189</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53189/mensagem_de_veto_n.o_013-2024_-_08-04-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53189/mensagem_de_veto_n.o_013-2024_-_08-04-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E INTERESSE PÚBLICO, O PROJETO DE LEI N.º 183/2023, DE 04 DE SETEMBRO DE 2023 - DE AUTORIA DA VEREADORA ALINE REZENDE, QUE DISPÕE SOBRE: A IMPLANTAÇÃO DO "PROGRAMA DE ATENDIMENTO PSICOLÓGICO À VÍTIMA DE VIOLÊNCIA SEXUAL" , E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>53187</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53187/mensagem_de_veto_n.o_014-2024_-_08-04-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53187/mensagem_de_veto_n.o_014-2024_-_08-04-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 188, DE 04 DE SETEMBRO DE 2023 - DE AUTORIA DO VEREADOR MANOEL NEVES QUE DISPÕE SOBRE: "AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATOS DE CESSÃO ONEROSA DE DIREITO À NOMEAÇÃO DE EVENTOS E EQUIPAMENTOS PÚBLICOS MUNICIPAIS (NAMING RIGHTS) NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>54122</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54122/mensagem_de_veto_n.o_025-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54122/mensagem_de_veto_n.o_025-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI Nº 046/2024, DE 22 DE FEVEREIRO DE 2024, DE AUTORIA DO VEREADOR MELQUISEDEK MENEZES, QUE DISPÕE SOBRE: "ALTERAR O ART 16-E NA LEI MUNICIPAL N° 926 DE 29 DE NOVEMBRO DE 2006 E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>54123</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54123/mensagem_de_veto_n.o_026-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54123/mensagem_de_veto_n.o_026-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI Nº 273/2023, DE 21 DE NOVEMBRO DE 2023, DE AUTORIA DO VEREADOR LEONEL OLIVEIRA, QUE DISPÕE SOBRE: "A INCLUSÃO DE ATIVIDADES RECREATIVAS PROPORCIONANDO A INTERAÇÃO DE CRIANÇAS, COM DEFICIÊNCIA, TRANSTORNOS ESPECTRO AUTISTA (TEA), TRANSTORNO DO DÉFICIT DE ATENÇÃO COM HIPERATIVIDADE (TDAH) E/OU ALTAS HABILIDADES/SUPERDOTAÇÃO".</t>
   </si>
   <si>
     <t>54124</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54124/mensagem_de_veto_n.o_027-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54124/mensagem_de_veto_n.o_027-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI Nº 256/2023, DE 09 DE NOVEMBRO DE 2023, DE AUTORIA DOS VEREADORES DR. ILDERSON PEREIRA E GENILSON COSTA, QUE DISPÕE SOBRE: "INSTITUI NO CALENDÁRIO OFICIAL DO MUNICIPIO DE BOA VISTA-RR A REALIZAÇÃO DA SEMANA DOS ESPORTES DE AREIA, E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>54128</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54128/mensagem_de_veto_n.o_028-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54128/mensagem_de_veto_n.o_028-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI Nº 268/2024, DE 17 DE NOVEMBRO DE 2024, DE AUTORIA DO VEREADOR KLEBER SIQUEIRA E DR. ILDERSON PEREIRA, QUE DISPÕE SOBRE: "A CRIAÇÃO DO PROGRAMA DE CAPACITAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE PARA REALIZAÇÃO DE ACOLHIMENTO A VÍTIMAS DE VIOLÊNCIA DOMÉSTICA OU SEXUAL, DENOMINADO "CAPACITANDO QUEM ACOLHE” NO ÂMBITO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>54129</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54129/mensagem_de_veto_n.o_029-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54129/mensagem_de_veto_n.o_029-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE, POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI Nº 275/2024, DE 21 DE NOVEMBRO DE 2023, DE AUTORIA DO VEREADOR NILSON BISPO, QUE DISPÕE SOBRE: "INSTITUI O “SELO ESCOLA AMIGA DO AUTISMO” NO ÂMBITO DO MUNICÍPIO DE BOA VSITA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>57399</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57399/mensagem_de_veto_n.o_065-2024_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57399/mensagem_de_veto_n.o_065-2024_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 252/2023, DE 08 DE NOVEMBRO DE 2023 – DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: A PREFERÊNCIA DA APLICAÇÃO DO QUESTIONÁRIO DE VERIFICAÇÃO MODIFICADA PARA AUTISMOEM CRIANÇAS (M-CHAT), PARA REALIZAÇÃO DO RASTREAMENTO DE SINAIS PRECOCES DO AUTISMO NAS CRECHES PÚBLICAS MINICIPAIS DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.”.</t>
   </si>
   <si>
     <t>57395</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57395/mensagem_de_veto_n.o_066-2024_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57395/mensagem_de_veto_n.o_066-2024_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 194/2023, DE 06 DE SETEMBRO DE 2023 – DE AUTORIA DO VEREADOR RUAN KENOBBY, QUE DISPÕE SOBRE: INSTITUI O PROGRAMA DE TREINAMENTO EM SAÚDE MENTAL PARA PROFESSORES, FUNCIONÁRIOS MUNICIPAIS E LÍDERES COMUNITÁRIOS NO MUNICÍPIO DE BOA VISTA.</t>
   </si>
   <si>
     <t>57396</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57396/mensagem_de_veto_n.o_067-2024_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57396/mensagem_de_veto_n.o_067-2024_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 013/2024, DE 18 DE JANEIRO DE 2024 – DE AUTORIA DO VEREADOR RUAN KENNOBY, QUE DISPÕE SOBRE: INSTITUI A OBRIGATORIEDADE DA INSTALAÇÃO DE SALA SENSORIAIS NOS ÓRGÃOS DE ATENDIMENTO AO PÚBLICO NO MUNICÍPIO DE BOA VISTA-RR</t>
   </si>
   <si>
     <t>57398</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57398/mensagem_de_veto_n.o_068-2024_-_poder_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57398/mensagem_de_veto_n.o_068-2024_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º _x000D_
 016/2024, DE 18 DE JANEIRO DE 2024 – DE AUTORIA DO VEREADOR DANIEL MANGABEIRA, QUE DISPÕE SOBRE: INSTITUI A SEMANA MUNICIPAL DE ORIENTAÇÃO SOBRE A SÍNDROME DE DOWN E PROGRAMA MUNICIPAL DE ORIENTAÇÃO SOBRE A SÍNDROME DE DOWN PARA PROFISSIONAIS DAS ÁREAS DA SAÚDE, EDUCAÇÃO E ASSISTÊNCIA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>58325</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58325/mensagem_de_veto_n.o_071-2024_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58325/mensagem_de_veto_n.o_071-2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 271/2023, DE 10 DE NOVEMBRO DE 2023 – DE AUTORIA DO VEREADOR KLEBER SIQUEIRA, QUE DISPÕE SOBRE: O PROGRAMA GALPÃO CRIATIVO, DE QUALIFICAÇÃO DE TALENTOS E PRÉ-INCUBADORA DE IDEIAS, PRODUTOS E SERVIÇOS NAS ÁREAS DA ECONOMIA CRIATIVA, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60108</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60108/mensagem_de_veto_n.o_075-2024_-17-07-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60108/mensagem_de_veto_n.o_075-2024_-17-07-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 230/2023, DE 23 DE OUTUBRO DE 2023 – DE AUTORIA DOS VEREADORES JULIANA GARCIA E KLEBER SIQUEIRA, QUE DISPÕE SOBRE: "A CRIAÇÃO DA CARTEIRA DE INFORMAÇÃO DO PACIENTE DIABÉTICO NO MUNICÍPIO DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>59148</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59148/mensagem_de_veto_n.o_082-2024_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59148/mensagem_de_veto_n.o_082-2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 283/2023, DE 28 DE NOVEMBRO DE 2023 – DE AUTORIA DO VEREADOR KLEBER SIQUEIRA, QUE DISPÕE SOBRE: "A POLÍTICA MUNICIPAL DE ATENÇÃO À ONCOLOGIA PEDIÁTRICA NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>59147</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59147/mensagem_de_veto_n.o_083-2024_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59147/mensagem_de_veto_n.o_083-2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 005/2024, DE 15 DE JANEIRO DE 2024 – DE AUTORIA DO VEREADOR NILSON BISPO, QUE DISPÕE SOBRE: "PROGRAMA DE DESCONTO NO IPTU PARA IMÓVEIS QUE UTILIZEM PAINÉIS DE GERAÇÃO DE ENERGIA SOLAR, DENOMINADO IPTU SOLAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>59146</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59146/mensagem_de_veto_n.o_084-2024_-_executivo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59146/mensagem_de_veto_n.o_084-2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 090/2024, DE 20 DE MARÇO DE 2024 – DE AUTORIA DA VEREADORA ALINE REZENDE, QUE DISPÕE SOBRE: "INSTITUI O PROGRAMA RECOMEÇO, CRIA SELO DE EMPREENDER SOCIAL E DÁ OUTRAS PROVIDÊNCIAS NO MUNICÍPIO DE BOA VISTA".</t>
   </si>
   <si>
     <t>59478</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59478/mensagem_de_veto_n.o_091-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59478/mensagem_de_veto_n.o_091-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 215/2024, DE 13 DE AGOSTO DE 2024 – DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "ALTERA A LEI Nº 926 DE 29 DE NOVEMBRO DE 2006, QUE DISPÕE SOBRE O USO E OCUPAÇÃO DO SOLO URBANO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>59479</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59479/mensagem_de_veto_n.o_092-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59479/mensagem_de_veto_n.o_092-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 214/2024, DE 13 DE AGOSTO DE 2024 – DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "ALTERA A LEI MUNICIPAL Nº 925 DE 28 DE NOVEMBRO 2006, QUE DISPÕE SOBRE O PARCELAMENTO DO SOLO URBANO DO MUNICÍPIO DE BOA VISTA.".</t>
   </si>
   <si>
     <t>59632</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59632/mensagem_de_veto_no_93-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59632/mensagem_de_veto_no_93-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 285/2023, DE 29 DE NOVEMBRO DE 2023 – DE AUTORIA DO VEREADOR KLEBER SIQUEIRA, QUE DISPÕE SOBRE: "DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO EM INSTITUIÇÕES DE LONGA PERMANÊNCIA PARA IDOSOS MANTIDAS PELO PODER PÚBLICO NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>59633</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59633/menagem_de_veto_no_94-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59633/menagem_de_veto_no_94-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 097/2024, DE 26 DE MARÇO DE 2024 – DE AUTORIA DO VEREADOR DANIEL MANGABEIRA, QUE DISPÕE SOBRE: "O DIREITO DA FAMÍLIA QUE POSSUI PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA - TEA DE RECEBER UM DESCONTO DE ATÉ 65% (SESSENTA E CINCO POR CENTO) NA CONTA DE ENERGIA ELÉTRICA MENSAL NO AMBITO DO MUNICÍPIO DE BOA VISTA.".</t>
   </si>
   <si>
     <t>59882</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59882/mensagem_de_veto_no_095-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59882/mensagem_de_veto_no_095-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 239/2024, DE 30 DE OUTUBRO DE 2024 – DE AUTORIA DO VEREADOR PROF.º SAMUEL LOPES, QUE DISPÕE SOBRE: "PROPÕE AÇÕES DE COMBATE A ATUAÇÃO, PUBLICIDADE, PATROCÍNIO E A PROMOÇÃO DE APOSTAS ESPORTIVAS E JOGOS ONLINE ILEGAIS NA INTERNET, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>60114</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60114/mensagem_de_veto_n.o_099-2024_-_10-12-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60114/mensagem_de_veto_n.o_099-2024_-_10-12-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 226/2023, DE 03 DE SETEMBRO DE 2023 – DE AUTORIA DO VEREADOR BRUNO PEREZ, QUE DISPÕE SOBRE: "AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM CLÍNICAS MÉDICAS, VISANDO A IMPLANTAÇÃO DO PROGRAMA MEIA CONSULTA JUNTO AOS PACIENTES HIPOSSUFICIENTES DO MUNICÍPO E DA OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>60113</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60113/mensagem_de_veto_n.o_100-2024_-_10-12-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60113/mensagem_de_veto_n.o_100-2024_-_10-12-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 110/2024, DE 22 DE ABRIL DE 2024 – DE AUTORIA DO VEREADOR BRUNO PEREZ, QUE DISPÕE SOBRE: "A COLETA CONTÍNUA DE LIXO ELETRÔNICO DE PEQUENO PORTE NAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>60112</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60112/mensagem_de_veto_n.o_101-2024_-_10-12-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60112/mensagem_de_veto_n.o_101-2024_-_10-12-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 246/2024, DE 30 DE OUTUBRO DE 2024 – DE AUTORIA DO VEREADOR BRUNO PEREZ, QUE DISPÕE SOBRE: "“A INSTITUIÇÃO E INCLUSÃO DO DIA DO ANTIGOMOBILISMO NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE BOA VISTA – RR”.</t>
   </si>
   <si>
     <t>60111</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60111/mensagem_de_veto_n.o_102-2024_-_10-12-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60111/mensagem_de_veto_n.o_102-2024_-_10-12-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 210/2024, DE 12 DE AGOSTO DE 2024 – DE AUTORIA DO VEREADOR BRUNO PEREZ, QUE DISPÕE SOBRE: "A INSTITUIÇÃO DO SERVIÇO ESPECIAL GRATUITO DE TRANSPORTE PARA TRATAMENTO DE SAÚDE NO MUNICÍPIO DE BOA VISTA – RR E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>60110</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60110/mensagem_de_veto_n.o_103-2024_-_10-12-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60110/mensagem_de_veto_n.o_103-2024_-_10-12-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 208/2024, DE 12 DE AGOSTO DE 2024 – DE AUTORIA DO VEREADOR BRUNO PEREZ, QUE DISPÕE SOBRE: "INSTITUI O PROGRAMA UNIVERSIDADE PARA TODOS DO MUNICÍPIO DE BOA VISTA / RR – PROUNI MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -743,68 +743,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51977/mensagem-de-veto-005-2024-poder-executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51976/mensagem-de-veto-006-2024-poder-executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53188/mensagem_de_veto_n.o_012-2024_-_08-04-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53189/mensagem_de_veto_n.o_013-2024_-_08-04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53187/mensagem_de_veto_n.o_014-2024_-_08-04-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54122/mensagem_de_veto_n.o_025-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54123/mensagem_de_veto_n.o_026-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54124/mensagem_de_veto_n.o_027-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54128/mensagem_de_veto_n.o_028-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54129/mensagem_de_veto_n.o_029-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57399/mensagem_de_veto_n.o_065-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57395/mensagem_de_veto_n.o_066-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57396/mensagem_de_veto_n.o_067-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57398/mensagem_de_veto_n.o_068-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58325/mensagem_de_veto_n.o_071-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60108/mensagem_de_veto_n.o_075-2024_-17-07-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59148/mensagem_de_veto_n.o_082-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59147/mensagem_de_veto_n.o_083-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59146/mensagem_de_veto_n.o_084-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59478/mensagem_de_veto_n.o_091-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59479/mensagem_de_veto_n.o_092-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59632/mensagem_de_veto_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59633/menagem_de_veto_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59882/mensagem_de_veto_no_095-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60114/mensagem_de_veto_n.o_099-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60113/mensagem_de_veto_n.o_100-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60112/mensagem_de_veto_n.o_101-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60111/mensagem_de_veto_n.o_102-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60110/mensagem_de_veto_n.o_103-2024_-_10-12-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51977/mensagem-de-veto-005-2024-poder-executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/51976/mensagem-de-veto-006-2024-poder-executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53188/mensagem_de_veto_n.o_012-2024_-_08-04-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53189/mensagem_de_veto_n.o_013-2024_-_08-04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53187/mensagem_de_veto_n.o_014-2024_-_08-04-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54122/mensagem_de_veto_n.o_025-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54123/mensagem_de_veto_n.o_026-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54124/mensagem_de_veto_n.o_027-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54128/mensagem_de_veto_n.o_028-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/54129/mensagem_de_veto_n.o_029-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57399/mensagem_de_veto_n.o_065-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57395/mensagem_de_veto_n.o_066-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57396/mensagem_de_veto_n.o_067-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57398/mensagem_de_veto_n.o_068-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58325/mensagem_de_veto_n.o_071-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60108/mensagem_de_veto_n.o_075-2024_-17-07-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59148/mensagem_de_veto_n.o_082-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59147/mensagem_de_veto_n.o_083-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59146/mensagem_de_veto_n.o_084-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59478/mensagem_de_veto_n.o_091-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59479/mensagem_de_veto_n.o_092-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59632/mensagem_de_veto_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59633/menagem_de_veto_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59882/mensagem_de_veto_no_095-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60114/mensagem_de_veto_n.o_099-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60113/mensagem_de_veto_n.o_100-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60112/mensagem_de_veto_n.o_101-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60111/mensagem_de_veto_n.o_102-2024_-_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60110/mensagem_de_veto_n.o_103-2024_-_10-12-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>