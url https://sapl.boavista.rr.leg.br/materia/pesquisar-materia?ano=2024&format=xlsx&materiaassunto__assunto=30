--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -54,159 +54,159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50156</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Nilson Bispo</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50156/pl_-_assossiacao_da_cidadania_-utilidade_publica-mesclado.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50156/pl_-_assossiacao_da_cidadania_-utilidade_publica-mesclado.pdf</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PÚBLICA ASSOCIAÇÃO COMITÊ RORAIMA – AÇÃO DA CIDADANIA CONTRA A FOME, A MISÉRIA E PELA VIDA, NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>50165</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Insp. Daniel Mangabeira</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50165/projeto_ipvo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50165/projeto_ipvo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA AO INSTITUTO VAVÁ DE OLIVEIRA (IPVO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>53889</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53889/pl_-_associacao_mana_do_ceu_-_up.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53889/pl_-_associacao_mana_do_ceu_-_up.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA ASSOCIAÇÃO MANÁ DO CÉU, NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57852</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Genilson Costa</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57852/pl-179-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57852/pl-179-2024.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CENTRO TERAPÊUTICO DE RECUPERAÇÃO E INSERÇÃO SOCIAL DA PESSOA COM DEPENDÊNCIA QUÍMICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>58439</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Adnan Lima</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58439/declara_de_utilidade_publica_municipal_a_fundacao_projeto_social_rr_soldado_de_cristo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58439/declara_de_utilidade_publica_municipal_a_fundacao_projeto_social_rr_soldado_de_cristo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A FUNDAÇÃO PROJETO SOCIAL RR SOLDADO DE CRISTO.</t>
   </si>
   <si>
     <t>58671</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58671/projeto_ichiban_dojo.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58671/projeto_ichiban_dojo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A “ASSOCIAÇÃO CULTURAL DESPORTIVA ICHIBAN DOJÔ”. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>58687</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58687/pl_-_uilidade_publica_arpdea.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58687/pl_-_uilidade_publica_arpdea.pdf</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PÚBLICA A ASSOCIAÇÃO RORAIMENSE DE PESSOAS COM DEFICIÊNCIA E DO ESPECTRO AUTISTA (ARPDEA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>59360</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59360/pll_aiacovin_pdf.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59360/pll_aiacovin_pdf.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A “ASSOCIAÇÃO INDÍGENA AGROFAMILIAR DA COMUNIDADE VISTA NOVA – AIACOVIN.” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60088</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Kleber Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60088/pl_declara_de_utilidade_piblica_a_associacao_afc_ok.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60088/pl_declara_de_utilidade_piblica_a_associacao_afc_ok.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIACAO ATLETICO FUTEBOL CLUBE, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,68 +513,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50156/pl_-_assossiacao_da_cidadania_-utilidade_publica-mesclado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50165/projeto_ipvo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53889/pl_-_associacao_mana_do_ceu_-_up.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57852/pl-179-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58439/declara_de_utilidade_publica_municipal_a_fundacao_projeto_social_rr_soldado_de_cristo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58671/projeto_ichiban_dojo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58687/pl_-_uilidade_publica_arpdea.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59360/pll_aiacovin_pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60088/pl_declara_de_utilidade_piblica_a_associacao_afc_ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50156/pl_-_assossiacao_da_cidadania_-utilidade_publica-mesclado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/50165/projeto_ipvo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/53889/pl_-_associacao_mana_do_ceu_-_up.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/57852/pl-179-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58439/declara_de_utilidade_publica_municipal_a_fundacao_projeto_social_rr_soldado_de_cristo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58671/projeto_ichiban_dojo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58687/pl_-_uilidade_publica_arpdea.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/59360/pll_aiacovin_pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60088/pl_declara_de_utilidade_piblica_a_associacao_afc_ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="156.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="155.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="165" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>