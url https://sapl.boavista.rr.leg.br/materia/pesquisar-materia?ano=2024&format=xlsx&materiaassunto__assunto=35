--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -54,63 +54,63 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>58147</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Manoel Neves</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58147/mocao_de_aplausos_aniversario_igreja_universal.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58147/mocao_de_aplausos_aniversario_igreja_universal.pdf</t>
   </si>
   <si>
     <t>Através deste, solicitamos à Mesa, uma vez ouvido o Douto Plenário nos termos regimentais do artigo 110, inciso X desta Casa Legislativa, que seja apreciada MOÇÃO DE APLAUSOS à Igreja Universal do Reino de Deus, em alusão ao seu aniversário de 47 anos, comemorado no dia 09 de julho, bem como em reconhecimento ao trabalho desenvolvido em prol da sociedade boa-vistense.</t>
   </si>
   <si>
     <t>60085</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60085/requerimento-99-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60085/requerimento-99-2024.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE PESAR PELO FALECIMENTO DE AFONSO VALTER PARENTE PINTO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -417,68 +417,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58147/mocao_de_aplausos_aniversario_igreja_universal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60085/requerimento-99-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/58147/mocao_de_aplausos_aniversario_igreja_universal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2024/60085/requerimento-99-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>