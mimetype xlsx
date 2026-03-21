--- v0 (2025-10-19)
+++ v1 (2026-03-21)
@@ -54,400 +54,400 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>63340</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MGV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Arthur Henrique</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/63340/mensagem_de_veto_n.o_001-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/63340/mensagem_de_veto_n.o_001-2025.pdf</t>
   </si>
   <si>
     <t>VETA PARCIALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, OS ARTS. 5º E 6º DO PROJETO DE LEI N.º 001/2025, DE 26 DE FEVEREIRO DE 2025 - DE AUTORIA DO PODER EXECUTIVO, QUE DISPÕE SOBRE: "REAJUSTA OS VENCIMENTOS DOS SERVIDORES MUNICIPAIS ESTATURÁRIOS E EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>66235</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/66235/mensagem_de_veto_n.o_002-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/66235/mensagem_de_veto_n.o_002-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 063/2023, DE 30 DE MARÇO DE 2023 - DE AUTORIA DO VEREADOR JÚLIO MEDEIROS, QUE DISPÕE SOBRE: "AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA “GUARDA AMIGA DA MULHER”, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA-RR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>68805</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68805/mensagem_de_veto_n.o_009-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68805/mensagem_de_veto_n.o_009-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E INTERESSE PÚBLICO, O PROJETO DE LEI N.º 040/2024, DE 19 DE FEVEREIRO DE 2024 - DE AUTORIA DO VEREADOR INSPETOR DANIEL MANGABEIRA, QUE DISPÕE SOBRE: INSTITUI A CAMPANHA “AGOSTO BRANCO”, NO AMBITO DO MUNICIPIO DE BOA VISTA, COM O OBJETIVO DE CONSCIENTIZAR A POPULAÇÃO A RESPEITO DO CÂNCER DE PULMÃO.</t>
   </si>
   <si>
     <t>68808</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68808/mensagem_de_veto_n.o_010-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68808/mensagem_de_veto_n.o_010-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE O PROJETO DE LEI N.º 244/2023, DE 31 DE OUTUBRO DE 2023 - DE AUTORIA DO VEREADOR JÚLIO MEIDEIROS, QUE DISPÕE SOBRE: "PROÍBE NO ÂMBITO DO MUNICÍPIO DE BOA VISTA-RR A COBRANÇA DE SACOLAS PARA EMBALAGEM E TRANSPORTE DE PRODUTOS ADQUIRIDOS EM ESTABELECIMENTOS COMERCIAIS".</t>
   </si>
   <si>
     <t>68809</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68809/mensagem_de_veto_n.o_011-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68809/mensagem_de_veto_n.o_011-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR MANIFESTA INCOSNTITUCIONALIDADE E FLAGRANTE CONTRARIEDADE AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 138/2024, DE 13 DE MAIO DE 2024 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "INSTITUI O CENSO DE PESSOAS COM TEA - TRANSTORNO DO ESPECTRO AUTISTA - E DE SEUS FAMILIARES NO MUNICÍPIO DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70376</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70376/mensagem_de_veto_no_12-2025_-_ref._proj._de_lei_no_085_21.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70376/mensagem_de_veto_no_12-2025_-_ref._proj._de_lei_no_085_21.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 085/2025, DE 21 DE MARÇO DE 2025- DE AUTORIA DA VEREADORA CAROL DANTAS, QUE DISPÕE SOBRE: "INSTITUI O “DIA MUNICIPAL DE LUTA CONTRA A INTOLERÂNCIA POLÍTICA” NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE BOA VISTA".</t>
   </si>
   <si>
     <t>70377</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70377/mengaem_de_veto_no_13-2025._ref._proj._de_lei_no_08317.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70377/mengaem_de_veto_no_13-2025._ref._proj._de_lei_no_08317.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 083/2025, DE 17 DE MARÇO DE 2025- DE AUTORIA DA VEREADORA PASTORA CARLA QUE DISPÕE SOBRE: "INSTITUI O DIA DA IGREJA DO EVANGELHO QUADRANGULAR NO MUNICÍPIO DE BOA VISTA/RR, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>70378</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70378/mensagem_de_veto_no_14-2025._ref._proj._lei_no_231_05.09.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70378/mensagem_de_veto_no_14-2025._ref._proj._lei_no_231_05.09.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 231/2024, DE 05 DE SETEMBRO DE 2024 - DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "ALTERA O ANEXO II E IV DA LEI Nº 926 DE 29 DE NOVEMBRO DE 2006, QUE DISPÕE SOBRE O USO E OCUPAÇÃO DO SOLO URBANO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS."._x000D_
 "</t>
   </si>
   <si>
     <t>70397</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70397/mensagem_de_veto_no_15-2025._ref._proj._lei_no_75_de_12.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70397/mensagem_de_veto_no_15-2025._ref._proj._lei_no_75_de_12.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 075/2025, DE 12 DE MARÇO DE 2025- DE AUTORIA DO VEREADOR GENILSON COSTA, QUE DISPÕE SOBRE: "CRIA O PROGRAMA DE ANIMAIS PERDIDOS NO MUNICIPIO DE BOA VISTA, NA FORMA QUE MENCIONA.".</t>
   </si>
   <si>
     <t>70379</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70379/mensagem_de_veto_no_16-2025._ref._proj._lei_no_24_de04.02.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70379/mensagem_de_veto_no_16-2025._ref._proj._lei_no_24_de04.02.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 024/2025, DE 04 DE FEVEREIRO DE 2025- DE AUTORIA DO VEREADOR MANOEL NEVES, QUE DISPÕE SOBRE: "DÁ NOVA REDAÇÃO AOS ART. 20 E 22 DA LEI N° 742, DE 24 DE JULHO 2004, QUE ALTERAM O CONSELHO MUNICIPAL DE SAÚDE DE BOA VISTA E DA OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>70382</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70382/mensagem_de_veto_no_17-2025._ref._proj._lei_no_22_de_04.02.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70382/mensagem_de_veto_no_17-2025._ref._proj._lei_no_22_de_04.02.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 022/2025, DE 04 DE FEVEREIRO DE 2025- DE AUTORIA DA VEREADORA CAROL DANTAS, QUE DISPÕE SOBRE: "INSTITUI O PROGRAMA BAIRRO EMPREENDEDOR NO ÂMBITO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70387</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70387/mensagem_de_veto_no_18-2025._ref._proj._lei_no_16_de_30.01.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70387/mensagem_de_veto_no_18-2025._ref._proj._lei_no_16_de_30.01.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 016/2025, DE 30 DE JANEIRO DE 2025- DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "A OBRIGATORIEDADE DE PLACAS INFORMATIVAS EM VEÍCULOS QUE PRESTEM SERVIÇO DE TRANSPORTE COLETIVO, DE TÁXI, TÁXI-LOTAÇÃO OU TRANSPORTE POR APLICATIVOS, ALERTANDO SOBRE A PROIBIÇÃO DE DISCRIMINAÇÃO, ASSÉDIO MORAL E IMPORTUNAÇÃO SEXUAL".</t>
   </si>
   <si>
     <t>70388</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70388/mensagem_de_veto_no_19-2025._ref._proj._lei_no_13_de_27.01.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70388/mensagem_de_veto_no_19-2025._ref._proj._lei_no_13_de_27.01.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 013/2025, DE 27 DE JANEIRO DE 2025- DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "O AUMENTO DA QUANTIDADE DE VAGAS PARA CADEIRANTES NOS ÔNIBUS DO SISTEMA DE TRANSPORTE PÚBLICO DO MUNICÍPIO DE BOA VISTA – RR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70409</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70409/mensagem_de_veto_no_20-2025._ref._proj._lei_no_021_de_12.06.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70409/mensagem_de_veto_no_20-2025._ref._proj._lei_no_021_de_12.06.25.pdf</t>
   </si>
   <si>
     <t>VETA PARCIALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 021/2025, DE 16 DE JUNHO DE 2025- DE AUTORIA DO PODER EXECUTIVO, QUE DISPÕE SOBRE: "AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DE 2026 DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>70389</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70389/mensagem_de_veto_no_21-2025._ref._proj._lei_no_66_de_11.05.24..pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70389/mensagem_de_veto_no_21-2025._ref._proj._lei_no_66_de_11.05.24..pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 066/2024, DE 11 DE MARÇO DE 2024 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "INSTITUI O PROJETO BANCO VERMELHO, AÇÕES DE CONSCIENTIZAÇÃO EM LUGARES PÚBLICOS, DESTINADO À CONSCIENTIZAÇÃO PARA O FIM DA VIOLÊNCIA CONTRA A MULHER, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70408</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70408/mensagem_de_veto_no_22-2025._ref._proj._lei_no_267_de_10.12.24.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70408/mensagem_de_veto_no_22-2025._ref._proj._lei_no_267_de_10.12.24.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 267/2024, DE  10 DE OUTUBRO DE 2024 - DE AUTORIA DA VEREADORA ALINE REZENDE, QUE DISPÕE SOBRE: "A CRIAÇÃO DE REDES DE APOIO FAMILIAR PARA FAMILIARES DE PESSOAS COM TRANSTORNO ESPECTRO AUTISTA (TEA) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70390</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70390/mensagem_de_veto_no_23-2025._ref._proj._lei_no_057_de_12.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70390/mensagem_de_veto_no_23-2025._ref._proj._lei_no_057_de_12.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 057/2025, DE 24 DE FEVEREIRO DE 2025- DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "A OBRIGATORIEDADE DE INCLUSÃO DO SÍMBOLO MUNDIAL DA FIBROMIALGIA NAS PLACAS E/OU AVISOS DE ATENDIMENTO PRIORITÁRIO, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA".</t>
   </si>
   <si>
     <t>70391</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70391/mensagem_de_veto_no_24-2025._ref._proj._lei_no_067_de_12.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70391/mensagem_de_veto_no_24-2025._ref._proj._lei_no_067_de_12.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 067/2025, DE 12 DE MARÇO DE 2025 - DE AUTORIA DII VEREADOR JÚLIO MEDEIROS, QUE DISPÕE SOBRE: "AUTORIZA O EXECUTIVO MUNICIPAL O RECOLHIMENTO DE ANIMAIS DOMÉSTICOS MORTOS EM PROPRIEDADES PRIVADAS NO ÂMBITO DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70402</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70402/mensagem_de_veto_no_25-2025._ref._proj._lei_no_062_de_12.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70402/mensagem_de_veto_no_25-2025._ref._proj._lei_no_062_de_12.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 072/2025, DE 12 DE MARÇO DE 2025- DE AUTORIA DO VEREADOR JULIO MEDEIROS, QUE DISPÕE SOBRE: "A IMPLANTAÇÃO DE PONTOS DE ENERGIA ELÉTRICA NOS ÔNIBUS DE TRANSPORTE PÚBLICO COLETIVO, NO MUNICÍPIO DE BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70406</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70406/mensagem_de_veto_no_26-2025._ref._proj._lei_no_071_de_12.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70406/mensagem_de_veto_no_26-2025._ref._proj._lei_no_071_de_12.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 071/2025, DE 12 DE MARÇO DE 2025- DE AUTORIA DO VEREADOR JÚLIO MEDEIROS, QUE DISPÕE SOBRE: "A PUBLICAÇÃO NOS SITES DE COMUNICAÇÕES DA PREFEITURA DE BOA VISTA, LISTA DE ESPERA DE CONSULTAS COMUNS OU ESPECIALIZADAS, EXAMES, CIRURGIAS E QUAISQUER OUTROS PROCEDIMENTOS OU AÇÕES DE SAÚDE AGENDADA PELOS CIDADÃOS NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>70407</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70407/mensagem_de_veto_no_27-2025._ref._proj._lei_no_069_de_12.03.25.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70407/mensagem_de_veto_no_27-2025._ref._proj._lei_no_069_de_12.03.25.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 069/2025, DE 12 DE MARÇO DE 2025- DE AUTORIA DO VEREADOR JÚLIO MEDEIROS, QUE DISPÕE SOBRE: "AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRESENÇA DE PROFISSIONAIS DE SAÚDE NAS INSTITUIÇÕES ENSINO, COM O INTUITO DE ASSISTIR A SEGURANÇA AOS ALUNOS DURANTE O PERÍODO ESCOLAR, NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>73371</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73371/mens._de_veto_028-2025_ao_pl_no_166-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73371/mens._de_veto_028-2025_ao_pl_no_166-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA INTERESSE PÚBLICO, O PROJETO DE LEI N.º 166/2025, DE 04 DE JULHO DE 2025 - DE AUTORIA DO VEREADOR PASTOR GILL ROCHA, QUE DISPÕE SOBRE: "INSTITUI O “DIA MUNICIPAL DA ASSEMBLEIA DE DEUS (ADBRASIL)” NO ÂMBITO DO MUNICÍPIO DE BOA VISTA, A SER COMEMORADO ANUALMENTE NO DIA 28 DE AGOSTO, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>73376</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73376/mens._de_veto_037-2025_ao_pl_no_078-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73376/mens._de_veto_037-2025_ao_pl_no_078-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE O PROJETO DE LEI N.º 078/2025, DE 17 DE MARÇO DE 2025 - DE AUTORIA DA VEREADORA JEU NUNES, QUE DISPÕE SOBRE: "A CRIAÇÃO DO “PROGRAMA EMPRESA AMIGA DO ATLETA” NO MUNICÍPIO DE BOA VISTA, RORAIMA, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>73375</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73375/mens._de_veto_038-2025_ao_pl_no_079-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73375/mens._de_veto_038-2025_ao_pl_no_079-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE O PROJETO DE LEI N.º 079/2025, DE 17 DE MARÇO DE 2025 - DE AUTORIA DA VEREADORA JEU NUNES, QUE DISPÕE SOBRE: "INSTITUI O “DIA MUNICIPAL DA CONSCIENTIZAÇÃO DE DOENÇAS RARAS”, NO MUNICÍPIO DE BOA VISTA, RORAIMA, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>73372</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73372/mens._de_veto_039-2025_ao_pl_no_137-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73372/mens._de_veto_039-2025_ao_pl_no_137-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE O PROJETO DE LEI N.º 137/2024, DE 13 DE MAIO DE 2024 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "INSTITUI O ABSORVENTE FEMININO COMO ITEM OBRIGATÓRIO NAS CESTAS BÁSICAS COMERCIALIZADAS E/OU DOADAS NO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>73373</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73373/mens._de_veto_040-2025_ao_pl_no_141-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73373/mens._de_veto_040-2025_ao_pl_no_141-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE O PROJETO DE LEI N.º 141/2024, DE 20 DE MAIO DE 2024 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "INSTITUI POLÍTICA DE TRANSPARÊNCIA SOBRE IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>73374</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73374/mens._de_veto_041-2025_ao_pl_no_182-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73374/mens._de_veto_041-2025_ao_pl_no_182-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE O PROJETO DE LEI N.º 182/2024, DE 10 DE JULHO DE 2024 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "INSTITUI CAMPANHA DE ORIENTAÇÃO AOS IDOSOS CONTRA A VIOLÊNCIA FINANCEIRA NO ÂMBITO DO COMÉRCIO E NA INTERNET.".</t>
   </si>
   <si>
     <t>73377</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73377/mens._de_veto_042-2025_ao_pl_no_223-2024.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73377/mens._de_veto_042-2025_ao_pl_no_223-2024.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE O PROJETO DE LEI N.º 223/2024, DE 27 DE AGOSTO DE 2024 - DE AUTORIA DO VEREADOR BRUNO PEREZ, QUE DISPÕE SOBRE: "A DISPONIBILIZAÇÃO DO CARNÊ DE IPTU EM BRAILLE PARA OS CONTRIBUINTES COM DEFICIÊNCIA VISUAL.".</t>
   </si>
   <si>
     <t>73861</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73861/mensagem_n.o_043-2025_--_pll_015-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73861/mensagem_n.o_043-2025_--_pll_015-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE FORMAL E CONTRARIEDADE AO INTERESSE PÚBLICO O PROJETO DE LEI N.º 015/2025, DE 30 DE JANEIRO DE 2025 - DE AUTORIA DO VEREADOR ÍTALO OTÁVIO, QUE DISPÕE SOBRE: "O PROGRAMA LIMPA IGARAPÉ, NO ÂMBITO DO MUNICÍPIO DE BOA VISTA/RR".</t>
   </si>
   <si>
     <t>74135</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/74135/mv-045-2025.pdf</t>
+    <t>http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/74135/mv-045-2025.pdf</t>
   </si>
   <si>
     <t>VETA TOTALMENTE POR RAZÃO DE INCONSTITUCIONALIDADE E OFENSA AO INTERESSE PÚBLICO, O PROJETO DE LEI N.º 064/2025, DE 10 DE MARÇO DE 2025 - DE AUTORIA DA VEREADORA BÁRBARA FALCÃO, QUE DISPÕE SOBRE: "A IMPLANTAÇÃO DO ATENDIMENTO PSICOSSOCIAL PRIORITÁRIO NO SISTEMA MUNICIPAL DE SAÚDE ÀS MÃES QUE SE DEDICAM INTEGRALMENTE AOS CUIDADOS DE FILHOS COM TRANSTORNO DO ESPECTRO AUTISTA - TEA, DEMAIS TRANSTORNOS, SÍNDROMES E DOENÇAS RARAS.".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -754,68 +754,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/63340/mensagem_de_veto_n.o_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/66235/mensagem_de_veto_n.o_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68805/mensagem_de_veto_n.o_009-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68808/mensagem_de_veto_n.o_010-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68809/mensagem_de_veto_n.o_011-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70376/mensagem_de_veto_no_12-2025_-_ref._proj._de_lei_no_085_21.03.25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70377/mengaem_de_veto_no_13-2025._ref._proj._de_lei_no_08317.03.25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70378/mensagem_de_veto_no_14-2025._ref._proj._lei_no_231_05.09.25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70397/mensagem_de_veto_no_15-2025._ref._proj._lei_no_75_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70379/mensagem_de_veto_no_16-2025._ref._proj._lei_no_24_de04.02.25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70382/mensagem_de_veto_no_17-2025._ref._proj._lei_no_22_de_04.02.25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70387/mensagem_de_veto_no_18-2025._ref._proj._lei_no_16_de_30.01.25.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70388/mensagem_de_veto_no_19-2025._ref._proj._lei_no_13_de_27.01.25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70409/mensagem_de_veto_no_20-2025._ref._proj._lei_no_021_de_12.06.25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70389/mensagem_de_veto_no_21-2025._ref._proj._lei_no_66_de_11.05.24..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70408/mensagem_de_veto_no_22-2025._ref._proj._lei_no_267_de_10.12.24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70390/mensagem_de_veto_no_23-2025._ref._proj._lei_no_057_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70391/mensagem_de_veto_no_24-2025._ref._proj._lei_no_067_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70402/mensagem_de_veto_no_25-2025._ref._proj._lei_no_062_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70406/mensagem_de_veto_no_26-2025._ref._proj._lei_no_071_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70407/mensagem_de_veto_no_27-2025._ref._proj._lei_no_069_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73371/mens._de_veto_028-2025_ao_pl_no_166-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73376/mens._de_veto_037-2025_ao_pl_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73375/mens._de_veto_038-2025_ao_pl_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73372/mens._de_veto_039-2025_ao_pl_no_137-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73373/mens._de_veto_040-2025_ao_pl_no_141-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73374/mens._de_veto_041-2025_ao_pl_no_182-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73377/mens._de_veto_042-2025_ao_pl_no_223-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73861/mensagem_n.o_043-2025_--_pll_015-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/74135/mv-045-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/63340/mensagem_de_veto_n.o_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/66235/mensagem_de_veto_n.o_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68805/mensagem_de_veto_n.o_009-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68808/mensagem_de_veto_n.o_010-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/68809/mensagem_de_veto_n.o_011-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70376/mensagem_de_veto_no_12-2025_-_ref._proj._de_lei_no_085_21.03.25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70377/mengaem_de_veto_no_13-2025._ref._proj._de_lei_no_08317.03.25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70378/mensagem_de_veto_no_14-2025._ref._proj._lei_no_231_05.09.25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70397/mensagem_de_veto_no_15-2025._ref._proj._lei_no_75_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70379/mensagem_de_veto_no_16-2025._ref._proj._lei_no_24_de04.02.25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70382/mensagem_de_veto_no_17-2025._ref._proj._lei_no_22_de_04.02.25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70387/mensagem_de_veto_no_18-2025._ref._proj._lei_no_16_de_30.01.25.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70388/mensagem_de_veto_no_19-2025._ref._proj._lei_no_13_de_27.01.25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70409/mensagem_de_veto_no_20-2025._ref._proj._lei_no_021_de_12.06.25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70389/mensagem_de_veto_no_21-2025._ref._proj._lei_no_66_de_11.05.24..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70408/mensagem_de_veto_no_22-2025._ref._proj._lei_no_267_de_10.12.24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70390/mensagem_de_veto_no_23-2025._ref._proj._lei_no_057_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70391/mensagem_de_veto_no_24-2025._ref._proj._lei_no_067_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70402/mensagem_de_veto_no_25-2025._ref._proj._lei_no_062_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70406/mensagem_de_veto_no_26-2025._ref._proj._lei_no_071_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/70407/mensagem_de_veto_no_27-2025._ref._proj._lei_no_069_de_12.03.25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73371/mens._de_veto_028-2025_ao_pl_no_166-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73376/mens._de_veto_037-2025_ao_pl_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73375/mens._de_veto_038-2025_ao_pl_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73372/mens._de_veto_039-2025_ao_pl_no_137-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73373/mens._de_veto_040-2025_ao_pl_no_141-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73374/mens._de_veto_041-2025_ao_pl_no_182-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73377/mens._de_veto_042-2025_ao_pl_no_223-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/73861/mensagem_n.o_043-2025_--_pll_015-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.boavista.rr.leg.br/media/sapl/public/materialegislativa/2025/74135/mv-045-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>